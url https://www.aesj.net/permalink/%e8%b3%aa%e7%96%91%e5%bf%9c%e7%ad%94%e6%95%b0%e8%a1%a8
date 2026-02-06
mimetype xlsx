--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -1,83 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\030900年会大会\2025秋（北九州）\座長\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\030900年会大会\2026春（熊本）\座長\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{737E7B9C-DD03-4B28-B4CD-3588ED222151}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{946AE611-3C56-47B7-9B4C-CF5EA411CE0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2385" yWindow="60" windowWidth="20130" windowHeight="16380" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2295" yWindow="1725" windowWidth="19005" windowHeight="15555" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025春" sheetId="30" r:id="rId1"/>
-    <sheet name="2024秋" sheetId="29" r:id="rId2"/>
+    <sheet name="2025秋" sheetId="31" r:id="rId1"/>
+    <sheet name="2025春" sheetId="30" r:id="rId2"/>
+    <sheet name="2024秋" sheetId="29" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H61" i="30" l="1"/>
+  <c r="H26" i="31" l="1"/>
+  <c r="H51" i="31"/>
+  <c r="H30" i="31"/>
+  <c r="H21" i="31"/>
+  <c r="G64" i="31"/>
+  <c r="H63" i="31"/>
+  <c r="G61" i="31"/>
+  <c r="H54" i="31"/>
+  <c r="H61" i="31" s="1"/>
+  <c r="G53" i="31"/>
+  <c r="H52" i="31"/>
+  <c r="H50" i="31"/>
+  <c r="H49" i="31"/>
+  <c r="H48" i="31"/>
+  <c r="G46" i="31"/>
+  <c r="H45" i="31"/>
+  <c r="H44" i="31"/>
+  <c r="H43" i="31"/>
+  <c r="H42" i="31"/>
+  <c r="H41" i="31"/>
+  <c r="H40" i="31"/>
+  <c r="H39" i="31"/>
+  <c r="H38" i="31"/>
+  <c r="H37" i="31"/>
+  <c r="H36" i="31"/>
+  <c r="G35" i="31"/>
+  <c r="H34" i="31"/>
+  <c r="H33" i="31"/>
+  <c r="H32" i="31"/>
+  <c r="H31" i="31"/>
+  <c r="G29" i="31"/>
+  <c r="H28" i="31"/>
+  <c r="H27" i="31"/>
+  <c r="H24" i="31"/>
+  <c r="H23" i="31"/>
+  <c r="H20" i="31"/>
+  <c r="G19" i="31"/>
+  <c r="H18" i="31"/>
+  <c r="H17" i="31"/>
+  <c r="H16" i="31"/>
+  <c r="H15" i="31"/>
+  <c r="H14" i="31"/>
+  <c r="H13" i="31"/>
+  <c r="H12" i="31"/>
+  <c r="G11" i="31"/>
+  <c r="H10" i="31"/>
+  <c r="H9" i="31"/>
+  <c r="H8" i="31"/>
+  <c r="H7" i="31"/>
+  <c r="H6" i="31"/>
+  <c r="H5" i="31"/>
+  <c r="H4" i="31"/>
+  <c r="F65" i="31"/>
+  <c r="G66" i="31" l="1"/>
+  <c r="F4" i="31"/>
+  <c r="F19" i="31"/>
+  <c r="F29" i="31"/>
+  <c r="F35" i="31"/>
+  <c r="F46" i="31"/>
+  <c r="F53" i="31"/>
+  <c r="F54" i="31"/>
+  <c r="F61" i="31" s="1"/>
+  <c r="F64" i="31"/>
+  <c r="F11" i="31" l="1"/>
+  <c r="H61" i="30"/>
   <c r="H25" i="30"/>
   <c r="H31" i="30"/>
   <c r="F4" i="30"/>
   <c r="G64" i="30"/>
   <c r="F64" i="30"/>
   <c r="H63" i="30"/>
   <c r="G61" i="30"/>
   <c r="F54" i="30"/>
   <c r="H54" i="30" s="1"/>
   <c r="G53" i="30"/>
   <c r="F53" i="30"/>
   <c r="H52" i="30"/>
   <c r="H50" i="30"/>
   <c r="H49" i="30"/>
   <c r="H48" i="30"/>
   <c r="G46" i="30"/>
   <c r="F46" i="30"/>
   <c r="H45" i="30"/>
   <c r="H44" i="30"/>
   <c r="H43" i="30"/>
   <c r="H42" i="30"/>
   <c r="H41" i="30"/>
   <c r="H40" i="30"/>
   <c r="H39" i="30"/>
   <c r="H38" i="30"/>
@@ -163,51 +229,51 @@
   <c r="F46" i="29"/>
   <c r="F35" i="29"/>
   <c r="F29" i="29"/>
   <c r="F19" i="29"/>
   <c r="F4" i="29"/>
   <c r="F11" i="29" s="1"/>
   <c r="G66" i="30" l="1"/>
   <c r="H4" i="30"/>
   <c r="F61" i="30"/>
   <c r="F66" i="30" s="1"/>
   <c r="H4" i="29"/>
   <c r="G46" i="29"/>
   <c r="G29" i="29"/>
   <c r="H20" i="29"/>
   <c r="G11" i="29"/>
   <c r="G53" i="29"/>
   <c r="G19" i="29"/>
   <c r="G35" i="29"/>
   <c r="F66" i="29"/>
   <c r="G64" i="29" l="1"/>
   <c r="G66" i="29" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="141">
   <si>
     <t>区分</t>
   </si>
   <si>
     <t>第Ⅰ</t>
   </si>
   <si>
     <t>第Ⅱ</t>
   </si>
   <si>
     <t>第Ⅲ</t>
   </si>
   <si>
     <t>遠隔操作，ロボット，画像工学</t>
   </si>
   <si>
     <t>第Ⅳ</t>
   </si>
   <si>
     <t>放射線の医学・生物学への応用（核医学，生物影響を含む）</t>
   </si>
   <si>
     <t>放射線（能）測定，線量計測</t>
   </si>
   <si>
@@ -732,119 +798,167 @@
     <t>核不拡散・保障措置・核セキュリティ総論</t>
     <rPh sb="17" eb="19">
       <t>ソウロン</t>
     </rPh>
     <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>核不拡散・保障措置・核セキュリティ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>801-2</t>
   </si>
   <si>
     <t>核不拡散・保障措置・核セキュリティ技術</t>
   </si>
   <si>
     <t>加速器（医療用を含む）・放射光・レーザー</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ビーム利用・ビーム計測・ターゲット</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>「2024年秋の大会」発表の分野別内訳</t>
-[...17 lines deleted...]
-  <si>
     <t>2024秋</t>
     <rPh sb="4" eb="5">
       <t>アキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>-</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>カウントなし</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>2025春</t>
     <rPh sb="4" eb="5">
       <t>ハル</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>「2025年春の年会」発表の分野別内訳</t>
+    <t>同位体分離，同位体応用，ウラン濃縮，核種・同位体分析</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2025秋</t>
+    <rPh sb="4" eb="5">
+      <t>アキ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>「2025年秋の大会」質疑応答数一覧</t>
     <rPh sb="5" eb="6">
       <t>ネン</t>
     </rPh>
     <rPh sb="6" eb="7">
+      <t>アキ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>タイカイ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>シツギ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>オウトウ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>スウ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>イチラン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>「2025年春の年会」質疑応答数一覧</t>
+    <rPh sb="5" eb="6">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
       <t>ハル</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ネンカイ</t>
     </rPh>
     <rPh sb="11" eb="13">
-      <t>ハッピョウ</t>
-[...2 lines deleted...]
-      <t>ブンヤ</t>
+      <t>シツギ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>オウトウ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>スウ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>イチラン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>「2024年秋の大会」質疑応答数一覧</t>
+    <rPh sb="5" eb="6">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>アキ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>タイカイ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>シツギ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>オウトウ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>スウ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>イチラン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="178" formatCode="0_);[Red]\(0\)"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="9"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -873,71 +987,85 @@
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="39">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1252,50 +1380,63 @@
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="1">
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal style="thin">
         <color indexed="64"/>
       </diagonal>
     </border>
     <border diagonalUp="1">
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
@@ -1365,51 +1506,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="114">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1491,223 +1632,240 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="9" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment textRotation="255"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="178" fontId="3" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="255"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
-[...73 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1959,2859 +2117,4254 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AD0502-037E-4009-8E8D-B434BE4AC165}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E561DA2F-15D5-4F7D-B2BC-AD29900EFA7D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J67"/>
+  <dimension ref="A1:J66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="5" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="5" ySplit="3" topLeftCell="F17" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="D17" sqref="D17"/>
+      <selection pane="bottomRight" activeCell="J24" sqref="J24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" outlineLevelCol="2" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="3" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="60.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" style="2" customWidth="1"/>
     <col min="6" max="8" width="15.33203125" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.33203125" style="1" hidden="1" customWidth="1" outlineLevel="2"/>
     <col min="10" max="10" width="9.33203125" style="1" collapsed="1"/>
     <col min="11" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.2">
-      <c r="A1" s="67" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="67"/>
+      <c r="A1" s="70" t="s">
+        <v>138</v>
+      </c>
+      <c r="B1" s="70"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
     </row>
     <row r="2" spans="1:9" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="76" t="s">
+      <c r="A3" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="77"/>
+      <c r="B3" s="78"/>
       <c r="C3" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="9"/>
-      <c r="F3" s="54" t="s">
-        <v>136</v>
+      <c r="F3" s="55" t="s">
+        <v>137</v>
       </c>
       <c r="G3" s="38" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="74" t="s">
+      <c r="A4" s="79" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="75"/>
+      <c r="B4" s="80"/>
       <c r="C4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="11"/>
-      <c r="F4" s="78">
+      <c r="F4" s="104">
         <f>SUM(I4:I10)</f>
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H4" s="68">
+        <v>28</v>
+      </c>
+      <c r="G4" s="81">
+        <v>83</v>
+      </c>
+      <c r="H4" s="83">
         <f>G4/F4</f>
-        <v>3.25</v>
+        <v>2.9642857142857144</v>
       </c>
       <c r="I4" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="70" t="s">
+      <c r="A5" s="73" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="71"/>
+      <c r="B5" s="74"/>
       <c r="C5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="13"/>
-      <c r="F5" s="79"/>
-[...1 lines deleted...]
-      <c r="H5" s="69" t="e">
+      <c r="F5" s="105"/>
+      <c r="G5" s="82"/>
+      <c r="H5" s="84" t="e">
         <f t="shared" ref="H5:H10" si="0">G5/F5</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="70"/>
-      <c r="B6" s="71"/>
+      <c r="A6" s="73"/>
+      <c r="B6" s="74"/>
       <c r="C6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="13"/>
-      <c r="F6" s="79"/>
-[...1 lines deleted...]
-      <c r="H6" s="69" t="e">
+      <c r="F6" s="105"/>
+      <c r="G6" s="82"/>
+      <c r="H6" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="70"/>
-      <c r="B7" s="71"/>
+      <c r="A7" s="73"/>
+      <c r="B7" s="74"/>
       <c r="C7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>18</v>
       </c>
       <c r="E7" s="13"/>
-      <c r="F7" s="79"/>
-[...1 lines deleted...]
-      <c r="H7" s="69" t="e">
+      <c r="F7" s="105"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I7" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A8" s="70"/>
-      <c r="B8" s="71"/>
+      <c r="A8" s="73"/>
+      <c r="B8" s="74"/>
       <c r="C8" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="13"/>
-      <c r="F8" s="79"/>
-[...1 lines deleted...]
-      <c r="H8" s="69" t="e">
+      <c r="F8" s="105"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I8" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="70"/>
-      <c r="B9" s="71"/>
+      <c r="A9" s="73"/>
+      <c r="B9" s="74"/>
       <c r="C9" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="13"/>
-      <c r="F9" s="79"/>
-[...1 lines deleted...]
-      <c r="H9" s="69" t="e">
+      <c r="F9" s="105"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="I9" s="1">
-        <v>2</v>
+      <c r="I9" s="60">
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A10" s="70"/>
-      <c r="B10" s="71"/>
+      <c r="A10" s="73"/>
+      <c r="B10" s="74"/>
       <c r="C10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="13"/>
-      <c r="F10" s="79"/>
-[...1 lines deleted...]
-      <c r="H10" s="69" t="e">
+      <c r="F10" s="105"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A11" s="72"/>
-      <c r="B11" s="73"/>
+      <c r="A11" s="75"/>
+      <c r="B11" s="76"/>
       <c r="C11" s="6"/>
       <c r="D11" s="14"/>
       <c r="E11" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="46">
         <f>SUM(F4:F10)</f>
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G11" s="45">
         <f>SUM(G4)</f>
-        <v>39</v>
+        <v>83</v>
       </c>
       <c r="H11" s="45"/>
     </row>
     <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A12" s="74" t="s">
+      <c r="A12" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="75"/>
+      <c r="B12" s="80"/>
       <c r="C12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="11"/>
       <c r="F12" s="47">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G12" s="41">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="H12" s="55">
+        <v>66</v>
+      </c>
+      <c r="H12" s="56">
         <f>G12/F12</f>
-        <v>2.3076923076923075</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="82" t="s">
+      <c r="A13" s="109" t="s">
         <v>95</v>
       </c>
-      <c r="B13" s="84" t="s">
+      <c r="B13" s="111" t="s">
         <v>96</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="12" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="13"/>
-      <c r="F13" s="60">
-        <v>7</v>
+      <c r="F13" s="62">
+        <v>3</v>
       </c>
       <c r="G13" s="42">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H13" s="55">
+        <v>8</v>
+      </c>
+      <c r="H13" s="56">
         <f t="shared" ref="H13:H18" si="1">G13/F13</f>
-        <v>2.5714285714285716</v>
+        <v>2.6666666666666665</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A14" s="82"/>
-      <c r="B14" s="84"/>
+      <c r="A14" s="109"/>
+      <c r="B14" s="111"/>
       <c r="C14" s="5" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="12" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="13"/>
-      <c r="F14" s="60">
-        <v>12</v>
+      <c r="F14" s="62">
+        <v>25</v>
       </c>
       <c r="G14" s="42">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="H14" s="55">
+        <v>70</v>
+      </c>
+      <c r="H14" s="56">
         <f t="shared" si="1"/>
-        <v>2.5833333333333335</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A15" s="82"/>
-      <c r="B15" s="84"/>
+      <c r="A15" s="109"/>
+      <c r="B15" s="111"/>
       <c r="C15" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="13"/>
       <c r="F15" s="48">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G15" s="42">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="H15" s="55">
+        <v>15</v>
+      </c>
+      <c r="H15" s="56">
         <f t="shared" si="1"/>
         <v>2.5</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="82"/>
-      <c r="B16" s="84"/>
+      <c r="A16" s="109"/>
+      <c r="B16" s="111"/>
       <c r="C16" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>97</v>
       </c>
       <c r="E16" s="13"/>
-      <c r="F16" s="60">
-        <v>3</v>
+      <c r="F16" s="62">
+        <v>4</v>
       </c>
       <c r="G16" s="42">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="H16" s="55">
+        <v>10</v>
+      </c>
+      <c r="H16" s="56">
         <f t="shared" si="1"/>
-        <v>1</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A17" s="82"/>
-      <c r="B17" s="84"/>
+      <c r="A17" s="109"/>
+      <c r="B17" s="111"/>
       <c r="C17" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="12" t="s">
         <v>130</v>
       </c>
       <c r="E17" s="13"/>
       <c r="F17" s="48">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G17" s="42">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="H17" s="55">
+        <v>22</v>
+      </c>
+      <c r="H17" s="56">
         <f t="shared" si="1"/>
-        <v>2</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A18" s="82"/>
-      <c r="B18" s="84"/>
+      <c r="A18" s="109"/>
+      <c r="B18" s="111"/>
       <c r="C18" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="12" t="s">
         <v>131</v>
       </c>
       <c r="E18" s="13"/>
       <c r="F18" s="48">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G18" s="42">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="H18" s="55">
+        <v>21</v>
+      </c>
+      <c r="H18" s="56">
         <f t="shared" si="1"/>
-        <v>2</v>
+        <v>2.3333333333333335</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="83"/>
-      <c r="B19" s="85"/>
+      <c r="A19" s="110"/>
+      <c r="B19" s="112"/>
       <c r="C19" s="6"/>
       <c r="D19" s="14"/>
       <c r="E19" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F19" s="46">
         <f>SUM(F12:F18)</f>
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="G19" s="45">
         <f>SUM(G12:G18)</f>
-        <v>105</v>
+        <v>212</v>
       </c>
       <c r="H19" s="45"/>
     </row>
     <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="74" t="s">
+      <c r="A20" s="79" t="s">
         <v>3</v>
       </c>
-      <c r="B20" s="75"/>
+      <c r="B20" s="80"/>
       <c r="C20" s="4" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="11"/>
       <c r="F20" s="47">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G20" s="41">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="H20" s="55">
+        <v>151</v>
+      </c>
+      <c r="H20" s="56">
         <f t="shared" ref="H20:H28" si="2">G20/F20</f>
-        <v>3.074074074074074</v>
+        <v>3.2127659574468086</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A21" s="70" t="s">
+      <c r="A21" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="86"/>
+      <c r="B21" s="94"/>
       <c r="C21" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="12" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="13"/>
-      <c r="F21" s="60">
-        <v>4</v>
+      <c r="F21" s="48">
+        <v>3</v>
       </c>
       <c r="G21" s="42">
-        <v>12</v>
-[...3 lines deleted...]
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="H21" s="56">
+        <f>G21/F21</f>
+        <v>2.3333333333333335</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A22" s="87"/>
-      <c r="B22" s="86"/>
+      <c r="A22" s="95"/>
+      <c r="B22" s="94"/>
       <c r="C22" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="13"/>
-      <c r="F22" s="60">
-[...7 lines deleted...]
-        <v>2</v>
+      <c r="F22" s="48">
+        <v>0</v>
+      </c>
+      <c r="G22" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H22" s="67" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A23" s="87"/>
-      <c r="B23" s="86"/>
+      <c r="A23" s="95"/>
+      <c r="B23" s="94"/>
       <c r="C23" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="12" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="13"/>
-      <c r="F23" s="60">
-        <v>14</v>
+      <c r="F23" s="48">
+        <v>24</v>
       </c>
       <c r="G23" s="42">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="H23" s="55">
+        <v>65</v>
+      </c>
+      <c r="H23" s="56">
         <f t="shared" si="2"/>
-        <v>2.5</v>
+        <v>2.7083333333333335</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A24" s="87"/>
-      <c r="B24" s="86"/>
+      <c r="A24" s="95"/>
+      <c r="B24" s="94"/>
       <c r="C24" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="12" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="13"/>
       <c r="F24" s="48">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="H24" s="55">
+        <v>7</v>
+      </c>
+      <c r="G24" s="71">
+        <v>22</v>
+      </c>
+      <c r="H24" s="71">
         <f t="shared" si="2"/>
-        <v>2.6</v>
+        <v>3.1428571428571428</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A25" s="87"/>
-      <c r="B25" s="86"/>
+      <c r="A25" s="95"/>
+      <c r="B25" s="94"/>
       <c r="C25" s="19" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E25" s="21"/>
       <c r="F25" s="48">
         <v>1</v>
       </c>
-      <c r="G25" s="40">
-[...5 lines deleted...]
-      </c>
+      <c r="G25" s="72"/>
+      <c r="H25" s="72"/>
     </row>
     <row r="26" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A26" s="87"/>
-      <c r="B26" s="86"/>
+      <c r="A26" s="95"/>
+      <c r="B26" s="94"/>
       <c r="C26" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="12" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="13"/>
       <c r="F26" s="48">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G26" s="42">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>14</v>
+      </c>
+      <c r="H26" s="56">
+        <f t="shared" si="2"/>
+        <v>2.3333333333333335</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A27" s="87"/>
-      <c r="B27" s="86"/>
+      <c r="A27" s="95"/>
+      <c r="B27" s="94"/>
       <c r="C27" s="5" t="s">
         <v>67</v>
       </c>
       <c r="D27" s="12" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="13"/>
       <c r="F27" s="48">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G27" s="42">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="H27" s="55">
+        <v>106</v>
+      </c>
+      <c r="H27" s="56">
         <f t="shared" si="2"/>
-        <v>2.3928571428571428</v>
+        <v>3.1176470588235294</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A28" s="87"/>
-      <c r="B28" s="86"/>
+      <c r="A28" s="95"/>
+      <c r="B28" s="94"/>
       <c r="C28" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15"/>
       <c r="F28" s="49">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G28" s="42">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="H28" s="55">
+        <v>102</v>
+      </c>
+      <c r="H28" s="56">
         <f t="shared" si="2"/>
-        <v>3.4285714285714284</v>
+        <v>5.0999999999999996</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A29" s="88"/>
-      <c r="B29" s="89"/>
+      <c r="A29" s="96"/>
+      <c r="B29" s="97"/>
       <c r="C29" s="6"/>
       <c r="D29" s="14"/>
       <c r="E29" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F29" s="46">
         <f>SUM(F20:F28)</f>
-        <v>94</v>
+        <v>142</v>
       </c>
       <c r="G29" s="45">
         <f>SUM(G20:G28)</f>
-        <v>262</v>
+        <v>467</v>
       </c>
       <c r="H29" s="45"/>
     </row>
     <row r="30" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A30" s="74" t="s">
+      <c r="A30" s="79" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="75"/>
+      <c r="B30" s="80"/>
       <c r="C30" s="4" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>69</v>
       </c>
       <c r="E30" s="13"/>
       <c r="F30" s="48">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G30" s="41">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>6</v>
+      </c>
+      <c r="H30" s="56">
+        <f t="shared" ref="H30:H31" si="3">G30/F30</f>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A31" s="92" t="s">
+      <c r="A31" s="88" t="s">
         <v>100</v>
       </c>
-      <c r="B31" s="96" t="s">
+      <c r="B31" s="92" t="s">
         <v>101</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="12" t="s">
         <v>70</v>
       </c>
       <c r="E31" s="13"/>
-      <c r="F31" s="60">
+      <c r="F31" s="48">
+        <v>7</v>
+      </c>
+      <c r="G31" s="40">
+        <v>21</v>
+      </c>
+      <c r="H31" s="56">
+        <f t="shared" si="3"/>
         <v>3</v>
       </c>
-      <c r="G31" s="40">
-[...5 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="92"/>
-      <c r="B32" s="96"/>
+      <c r="A32" s="88"/>
+      <c r="B32" s="92"/>
       <c r="C32" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="12" t="s">
         <v>71</v>
       </c>
       <c r="E32" s="13"/>
-      <c r="F32" s="60">
+      <c r="F32" s="48">
+        <v>7</v>
+      </c>
+      <c r="G32" s="42">
+        <v>21</v>
+      </c>
+      <c r="H32" s="56">
+        <f>G32/F32</f>
         <v>3</v>
       </c>
-      <c r="G32" s="42">
-[...5 lines deleted...]
-      </c>
     </row>
     <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A33" s="92"/>
-      <c r="B33" s="96"/>
+      <c r="A33" s="88"/>
+      <c r="B33" s="92"/>
       <c r="C33" s="5" t="s">
         <v>104</v>
       </c>
       <c r="D33" s="12" t="s">
         <v>123</v>
       </c>
       <c r="E33" s="13"/>
-      <c r="F33" s="48">
-        <v>12</v>
+      <c r="F33" s="62">
+        <v>42</v>
       </c>
       <c r="G33" s="42">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="H33" s="55">
+        <v>107</v>
+      </c>
+      <c r="H33" s="56">
         <f>G33/F33</f>
-        <v>2.25</v>
+        <v>2.5476190476190474</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A34" s="92"/>
-      <c r="B34" s="96"/>
+      <c r="A34" s="88"/>
+      <c r="B34" s="92"/>
       <c r="C34" s="19" t="s">
         <v>75</v>
       </c>
       <c r="D34" s="20" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="15"/>
       <c r="F34" s="49">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="G34" s="42">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="H34" s="42">
         <f>G34/F34</f>
-        <v>2.7777777777777777</v>
+        <v>3.347826086956522</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A35" s="93"/>
-      <c r="B35" s="97"/>
+      <c r="A35" s="89"/>
+      <c r="B35" s="93"/>
       <c r="C35" s="19"/>
       <c r="D35" s="20"/>
       <c r="E35" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F35" s="46">
         <f>SUM(F30:F34)</f>
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="G35" s="43">
         <f>SUM(G30:G34)</f>
-        <v>67</v>
+        <v>232</v>
       </c>
       <c r="H35" s="45"/>
     </row>
     <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A36" s="74" t="s">
+      <c r="A36" s="79" t="s">
         <v>106</v>
       </c>
-      <c r="B36" s="75"/>
+      <c r="B36" s="80"/>
       <c r="C36" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="22"/>
       <c r="F36" s="50">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G36" s="41">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="H36" s="55">
+        <v>29</v>
+      </c>
+      <c r="H36" s="56">
         <f>G36/F36</f>
-        <v>2.2857142857142856</v>
+        <v>3.2222222222222223</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A37" s="70" t="s">
+      <c r="A37" s="73" t="s">
         <v>15</v>
       </c>
-      <c r="B37" s="86"/>
+      <c r="B37" s="94"/>
       <c r="C37" s="5" t="s">
         <v>108</v>
       </c>
       <c r="D37" s="12" t="s">
         <v>74</v>
       </c>
       <c r="E37" s="23"/>
       <c r="F37" s="51">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="G37" s="42">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="H37" s="55">
+        <v>70</v>
+      </c>
+      <c r="H37" s="56">
         <f t="shared" ref="H37:H45" si="4">G37/F37</f>
-        <v>2.4</v>
+        <v>3.8888888888888888</v>
       </c>
     </row>
     <row r="38" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A38" s="87"/>
-      <c r="B38" s="86"/>
+      <c r="A38" s="95"/>
+      <c r="B38" s="94"/>
       <c r="C38" s="5" t="s">
         <v>91</v>
       </c>
       <c r="D38" s="12" t="s">
         <v>109</v>
       </c>
       <c r="E38" s="23"/>
-      <c r="F38" s="60">
-        <v>19</v>
+      <c r="F38" s="62">
+        <v>29</v>
       </c>
       <c r="G38" s="42">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="H38" s="55">
+        <v>92</v>
+      </c>
+      <c r="H38" s="56">
         <f t="shared" si="4"/>
-        <v>3.1578947368421053</v>
+        <v>3.1724137931034484</v>
       </c>
     </row>
     <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A39" s="87"/>
-      <c r="B39" s="86"/>
+      <c r="A39" s="95"/>
+      <c r="B39" s="94"/>
       <c r="C39" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D39" s="12" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="23"/>
       <c r="F39" s="48">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="H39" s="55">
+        <v>15</v>
+      </c>
+      <c r="G39" s="56">
+        <v>51</v>
+      </c>
+      <c r="H39" s="56">
         <f t="shared" si="4"/>
-        <v>2</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A40" s="87"/>
-      <c r="B40" s="86"/>
+      <c r="A40" s="95"/>
+      <c r="B40" s="94"/>
       <c r="C40" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>77</v>
+        <v>136</v>
       </c>
       <c r="E40" s="24"/>
-      <c r="F40" s="61">
-[...5 lines deleted...]
-      <c r="H40" s="55">
+      <c r="F40" s="63">
+        <v>9</v>
+      </c>
+      <c r="G40" s="56">
+        <v>36</v>
+      </c>
+      <c r="H40" s="56">
         <f t="shared" si="4"/>
-        <v>2.1666666666666665</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A41" s="87"/>
-      <c r="B41" s="86"/>
+      <c r="A41" s="95"/>
+      <c r="B41" s="94"/>
       <c r="C41" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D41" s="12" t="s">
         <v>78</v>
       </c>
       <c r="E41" s="23"/>
-      <c r="F41" s="60">
-[...5 lines deleted...]
-      <c r="H41" s="55">
+      <c r="F41" s="62">
+        <v>16</v>
+      </c>
+      <c r="G41" s="56">
+        <v>52</v>
+      </c>
+      <c r="H41" s="56">
         <f t="shared" si="4"/>
-        <v>2.5</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A42" s="87"/>
-      <c r="B42" s="86"/>
+      <c r="A42" s="95"/>
+      <c r="B42" s="94"/>
       <c r="C42" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D42" s="12" t="s">
         <v>79</v>
       </c>
       <c r="E42" s="23"/>
-      <c r="F42" s="60">
-[...5 lines deleted...]
-      <c r="H42" s="55">
+      <c r="F42" s="48">
+        <v>22</v>
+      </c>
+      <c r="G42" s="56">
+        <v>84</v>
+      </c>
+      <c r="H42" s="56">
         <f t="shared" si="4"/>
-        <v>2</v>
+        <v>3.8181818181818183</v>
       </c>
     </row>
     <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A43" s="87"/>
-      <c r="B43" s="86"/>
+      <c r="A43" s="95"/>
+      <c r="B43" s="94"/>
       <c r="C43" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="12" t="s">
         <v>80</v>
       </c>
       <c r="E43" s="23"/>
-      <c r="F43" s="48">
-        <v>10</v>
+      <c r="F43" s="62">
+        <v>76</v>
       </c>
       <c r="G43" s="42">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="H43" s="55">
+        <v>226</v>
+      </c>
+      <c r="H43" s="56">
         <f t="shared" si="4"/>
-        <v>3.1</v>
+        <v>2.9736842105263159</v>
       </c>
     </row>
     <row r="44" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A44" s="87"/>
-      <c r="B44" s="86"/>
+      <c r="A44" s="95"/>
+      <c r="B44" s="94"/>
       <c r="C44" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D44" s="12" t="s">
         <v>81</v>
       </c>
       <c r="E44" s="23"/>
-      <c r="F44" s="60">
-        <v>10</v>
+      <c r="F44" s="48">
+        <v>56</v>
       </c>
       <c r="G44" s="42">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="H44" s="55">
+        <v>163</v>
+      </c>
+      <c r="H44" s="56">
         <f t="shared" si="4"/>
-        <v>3.2</v>
+        <v>2.9107142857142856</v>
       </c>
     </row>
     <row r="45" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A45" s="87"/>
-      <c r="B45" s="86"/>
+      <c r="A45" s="95"/>
+      <c r="B45" s="94"/>
       <c r="C45" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="18" t="s">
         <v>82</v>
       </c>
       <c r="E45" s="23"/>
       <c r="F45" s="48">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="G45" s="42">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H45" s="55">
+        <v>157</v>
+      </c>
+      <c r="H45" s="56">
         <f t="shared" si="4"/>
-        <v>2</v>
+        <v>2.532258064516129</v>
       </c>
     </row>
     <row r="46" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A46" s="88"/>
-      <c r="B46" s="89"/>
+      <c r="A46" s="96"/>
+      <c r="B46" s="97"/>
       <c r="C46" s="6"/>
       <c r="D46" s="14"/>
       <c r="E46" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F46" s="52">
         <f>SUM(F36:F45)</f>
-        <v>84</v>
+        <v>312</v>
       </c>
       <c r="G46" s="45">
         <f>SUM(G36:G45)</f>
-        <v>219</v>
+        <v>960</v>
       </c>
       <c r="H46" s="45"/>
     </row>
     <row r="47" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A47" s="98" t="s">
         <v>114</v>
       </c>
       <c r="B47" s="99"/>
       <c r="C47" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E47" s="22"/>
       <c r="F47" s="50">
         <v>0</v>
       </c>
-      <c r="G47" s="66">
-[...3 lines deleted...]
-        <v>134</v>
+      <c r="G47" s="69" t="s">
+        <v>133</v>
+      </c>
+      <c r="H47" s="67" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A48" s="70" t="s">
+      <c r="A48" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="B48" s="71"/>
+      <c r="B48" s="74"/>
       <c r="C48" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>25</v>
       </c>
       <c r="E48" s="23"/>
-      <c r="F48" s="60">
-        <v>9</v>
+      <c r="F48" s="62">
+        <v>20</v>
       </c>
       <c r="G48" s="42">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="H48" s="55">
+        <v>53</v>
+      </c>
+      <c r="H48" s="56">
         <f t="shared" ref="H48:H52" si="5">G48/F48</f>
-        <v>2.6666666666666665</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A49" s="70"/>
-      <c r="B49" s="71"/>
+      <c r="A49" s="73"/>
+      <c r="B49" s="74"/>
       <c r="C49" s="7" t="s">
         <v>85</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>26</v>
       </c>
       <c r="E49" s="27"/>
       <c r="F49" s="51">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="G49" s="42">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="H49" s="55">
+        <v>40</v>
+      </c>
+      <c r="H49" s="56">
         <f t="shared" si="5"/>
-        <v>2.6666666666666665</v>
+        <v>2.8571428571428572</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A50" s="70"/>
-      <c r="B50" s="71"/>
+      <c r="A50" s="73"/>
+      <c r="B50" s="74"/>
       <c r="C50" s="7" t="s">
         <v>86</v>
       </c>
       <c r="D50" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E50" s="27"/>
-      <c r="F50" s="51">
-[...5 lines deleted...]
-      <c r="H50" s="55">
+      <c r="F50" s="63">
+        <v>2</v>
+      </c>
+      <c r="G50" s="67">
+        <v>6</v>
+      </c>
+      <c r="H50" s="56">
         <f t="shared" si="5"/>
-        <v>2.2000000000000002</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A51" s="70"/>
-      <c r="B51" s="71"/>
+      <c r="A51" s="73"/>
+      <c r="B51" s="74"/>
       <c r="C51" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>28</v>
       </c>
       <c r="E51" s="28"/>
       <c r="F51" s="51">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G51" s="40">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>19</v>
+      </c>
+      <c r="H51" s="56">
+        <f t="shared" si="5"/>
+        <v>2.7142857142857144</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A52" s="70"/>
-      <c r="B52" s="71"/>
+      <c r="A52" s="73"/>
+      <c r="B52" s="74"/>
       <c r="C52" s="29" t="s">
         <v>88</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E52" s="25"/>
-      <c r="F52" s="59">
-[...5 lines deleted...]
-      <c r="H52" s="55">
+      <c r="F52" s="53">
+        <v>3</v>
+      </c>
+      <c r="G52" s="66">
+        <v>9</v>
+      </c>
+      <c r="H52" s="56">
         <f t="shared" si="5"/>
         <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A53" s="72"/>
-      <c r="B53" s="73"/>
+      <c r="A53" s="75"/>
+      <c r="B53" s="76"/>
       <c r="C53" s="6"/>
       <c r="D53" s="14"/>
       <c r="E53" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F53" s="46">
         <f>SUM(F47:F52)</f>
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G53" s="58">
+        <v>46</v>
+      </c>
+      <c r="G53" s="59">
         <f>SUM(G47:G52)</f>
-        <v>57</v>
+        <v>127</v>
       </c>
       <c r="H53" s="45"/>
     </row>
     <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A54" s="74" t="s">
+      <c r="A54" s="79" t="s">
         <v>115</v>
       </c>
-      <c r="B54" s="75"/>
+      <c r="B54" s="80"/>
       <c r="C54" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="22"/>
-      <c r="F54" s="78">
+      <c r="F54" s="106">
         <f>SUM(I54:I60)</f>
+        <v>34</v>
+      </c>
+      <c r="G54" s="81">
+        <v>109</v>
+      </c>
+      <c r="H54" s="83">
+        <f>G54/F54</f>
+        <v>3.2058823529411766</v>
+      </c>
+      <c r="I54" s="1">
         <v>4</v>
       </c>
-      <c r="G54" s="80">
-[...8 lines deleted...]
-      </c>
     </row>
     <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A55" s="92" t="s">
+      <c r="A55" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="B55" s="94" t="s">
+      <c r="B55" s="90" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>117</v>
       </c>
       <c r="D55" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="23"/>
-      <c r="F55" s="104"/>
-[...1 lines deleted...]
-      <c r="H55" s="90"/>
+      <c r="F55" s="107"/>
+      <c r="G55" s="82"/>
+      <c r="H55" s="86"/>
       <c r="I55" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A56" s="92"/>
-      <c r="B56" s="94"/>
+      <c r="A56" s="88"/>
+      <c r="B56" s="90"/>
       <c r="C56" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D56" s="12" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="23"/>
-      <c r="F56" s="104"/>
-[...1 lines deleted...]
-      <c r="H56" s="90"/>
+      <c r="F56" s="107"/>
+      <c r="G56" s="82"/>
+      <c r="H56" s="86"/>
       <c r="I56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A57" s="92"/>
-      <c r="B57" s="94"/>
+      <c r="A57" s="88"/>
+      <c r="B57" s="90"/>
       <c r="C57" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D57" s="12" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="23"/>
-      <c r="F57" s="104"/>
-[...1 lines deleted...]
-      <c r="H57" s="90"/>
+      <c r="F57" s="107"/>
+      <c r="G57" s="82"/>
+      <c r="H57" s="86"/>
       <c r="I57" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A58" s="92"/>
-      <c r="B58" s="94"/>
+      <c r="A58" s="88"/>
+      <c r="B58" s="90"/>
       <c r="C58" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D58" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="23"/>
-      <c r="F58" s="104"/>
-[...1 lines deleted...]
-      <c r="H58" s="90"/>
+      <c r="F58" s="107"/>
+      <c r="G58" s="82"/>
+      <c r="H58" s="86"/>
       <c r="I58" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A59" s="92"/>
-      <c r="B59" s="94"/>
+      <c r="A59" s="88"/>
+      <c r="B59" s="90"/>
       <c r="C59" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D59" s="12" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="23"/>
-      <c r="F59" s="104"/>
-[...1 lines deleted...]
-      <c r="H59" s="90"/>
+      <c r="F59" s="107"/>
+      <c r="G59" s="82"/>
+      <c r="H59" s="86"/>
       <c r="I59" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A60" s="92"/>
-      <c r="B60" s="94"/>
+      <c r="A60" s="88"/>
+      <c r="B60" s="90"/>
       <c r="C60" s="6" t="s">
         <v>122</v>
       </c>
       <c r="D60" s="14" t="s">
         <v>89</v>
       </c>
       <c r="E60" s="25"/>
-      <c r="F60" s="105"/>
-[...1 lines deleted...]
-      <c r="H60" s="91"/>
+      <c r="F60" s="108"/>
+      <c r="G60" s="85"/>
+      <c r="H60" s="87"/>
       <c r="I60" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A61" s="93"/>
-      <c r="B61" s="95"/>
+      <c r="A61" s="89"/>
+      <c r="B61" s="91"/>
       <c r="C61" s="6"/>
       <c r="D61" s="14"/>
       <c r="E61" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F61" s="52">
         <f>SUM(F54)</f>
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="G61" s="39">
         <f>G54</f>
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="H61" s="63">
+        <v>109</v>
+      </c>
+      <c r="H61" s="65">
         <f>SUM(H54)</f>
-        <v>2.25</v>
+        <v>3.2058823529411766</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A62" s="74" t="s">
+      <c r="A62" s="79" t="s">
         <v>124</v>
       </c>
-      <c r="B62" s="75"/>
+      <c r="B62" s="80"/>
       <c r="C62" s="4" t="s">
         <v>125</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>126</v>
       </c>
       <c r="E62" s="22"/>
       <c r="F62" s="47">
         <v>0</v>
       </c>
       <c r="G62" s="40" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H62" s="40" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A63" s="100" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="101"/>
       <c r="C63" s="5" t="s">
         <v>128</v>
       </c>
       <c r="D63" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E63" s="27"/>
-      <c r="F63" s="62">
-        <v>3</v>
+      <c r="F63" s="68">
+        <v>5</v>
       </c>
       <c r="G63" s="42">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="H63" s="42">
         <f>G63/F63</f>
-        <v>2.6666666666666665</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A64" s="102"/>
       <c r="B64" s="103"/>
       <c r="C64" s="6"/>
       <c r="D64" s="14"/>
       <c r="E64" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F64" s="46">
         <f>SUM(F62:F63)</f>
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G64" s="39">
         <f>SUM(G62:G63)</f>
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="H64" s="63"/>
+        <v>14</v>
+      </c>
+      <c r="H64" s="65"/>
     </row>
     <row r="65" spans="1:8" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A65" s="56"/>
-[...4 lines deleted...]
-      <c r="F65" s="52"/>
+      <c r="A65" s="33"/>
+      <c r="B65" s="34"/>
+      <c r="C65" s="35"/>
+      <c r="D65" s="36"/>
+      <c r="E65" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="F65" s="54">
+        <f>SUM(F61,F53,F46,F29,F35,F19,F11,F64)</f>
+        <v>726</v>
+      </c>
       <c r="G65" s="46"/>
-      <c r="H65" s="63"/>
+      <c r="H65" s="65"/>
     </row>
     <row r="66" spans="1:8" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A66" s="33"/>
-[...9 lines deleted...]
-      </c>
+      <c r="C66" s="2"/>
       <c r="G66" s="39">
         <f>SUM(G11,G19,G29,G35,G46,G53,G61,G64)</f>
-        <v>766</v>
-[...4 lines deleted...]
-      <c r="C67" s="2"/>
+        <v>2204</v>
+      </c>
+      <c r="H66" s="65"/>
     </row>
   </sheetData>
-  <mergeCells count="26">
+  <mergeCells count="28">
     <mergeCell ref="A62:B62"/>
     <mergeCell ref="A63:B64"/>
+    <mergeCell ref="F4:F10"/>
+    <mergeCell ref="F54:F60"/>
     <mergeCell ref="A54:B54"/>
-    <mergeCell ref="F54:F60"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:A19"/>
+    <mergeCell ref="B13:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A21:B29"/>
     <mergeCell ref="G54:G60"/>
     <mergeCell ref="H54:H60"/>
     <mergeCell ref="A55:A61"/>
     <mergeCell ref="B55:B61"/>
     <mergeCell ref="A31:A35"/>
     <mergeCell ref="B31:B35"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="A37:B46"/>
     <mergeCell ref="A47:B47"/>
+    <mergeCell ref="G24:G25"/>
+    <mergeCell ref="H24:H25"/>
     <mergeCell ref="A48:B53"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="G4:G10"/>
     <mergeCell ref="H4:H10"/>
     <mergeCell ref="A5:B11"/>
     <mergeCell ref="A30:B30"/>
-    <mergeCell ref="A3:B3"/>
-[...7 lines deleted...]
-    <mergeCell ref="A21:B29"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.23622047244094491" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F068F93B-8E56-4196-8E01-873319ADDCAF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AD0502-037E-4009-8E8D-B434BE4AC165}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J67"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="5" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="G25" sqref="G25"/>
+      <selection pane="bottomRight" activeCell="L13" sqref="L13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" outlineLevelCol="2" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="3" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="60.83203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" style="2" customWidth="1"/>
     <col min="6" max="8" width="15.33203125" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.33203125" style="1" hidden="1" customWidth="1" outlineLevel="2"/>
     <col min="10" max="10" width="9.33203125" style="1" collapsed="1"/>
     <col min="11" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.2">
-      <c r="A1" s="67" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="67"/>
+      <c r="A1" s="70" t="s">
+        <v>139</v>
+      </c>
+      <c r="B1" s="70"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
     </row>
     <row r="2" spans="1:9" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="76" t="s">
+      <c r="A3" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="77"/>
+      <c r="B3" s="78"/>
       <c r="C3" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="9"/>
-      <c r="F3" s="54" t="s">
-        <v>133</v>
+      <c r="F3" s="55" t="s">
+        <v>135</v>
       </c>
       <c r="G3" s="38" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="74" t="s">
+      <c r="A4" s="79" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="75"/>
+      <c r="B4" s="80"/>
       <c r="C4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="11"/>
-      <c r="F4" s="78">
+      <c r="F4" s="106">
         <f>SUM(I4:I10)</f>
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="H4" s="68">
+        <v>12</v>
+      </c>
+      <c r="G4" s="81">
+        <v>39</v>
+      </c>
+      <c r="H4" s="83">
         <f>G4/F4</f>
-        <v>2.6923076923076925</v>
+        <v>3.25</v>
       </c>
       <c r="I4" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="70" t="s">
+      <c r="A5" s="73" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="71"/>
+      <c r="B5" s="74"/>
       <c r="C5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="13"/>
-      <c r="F5" s="79"/>
-[...1 lines deleted...]
-      <c r="H5" s="69" t="e">
+      <c r="F5" s="113"/>
+      <c r="G5" s="82"/>
+      <c r="H5" s="84" t="e">
         <f t="shared" ref="H5:H10" si="0">G5/F5</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="70"/>
-      <c r="B6" s="71"/>
+      <c r="A6" s="73"/>
+      <c r="B6" s="74"/>
       <c r="C6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="13"/>
-      <c r="F6" s="79"/>
-[...1 lines deleted...]
-      <c r="H6" s="69" t="e">
+      <c r="F6" s="113"/>
+      <c r="G6" s="82"/>
+      <c r="H6" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="70"/>
-      <c r="B7" s="71"/>
+      <c r="A7" s="73"/>
+      <c r="B7" s="74"/>
       <c r="C7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>18</v>
       </c>
       <c r="E7" s="13"/>
-      <c r="F7" s="79"/>
-[...1 lines deleted...]
-      <c r="H7" s="69" t="e">
+      <c r="F7" s="113"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I7" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A8" s="70"/>
-      <c r="B8" s="71"/>
+      <c r="A8" s="73"/>
+      <c r="B8" s="74"/>
       <c r="C8" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="13"/>
-      <c r="F8" s="79"/>
-[...1 lines deleted...]
-      <c r="H8" s="69" t="e">
+      <c r="F8" s="113"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I8" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="70"/>
-      <c r="B9" s="71"/>
+      <c r="A9" s="73"/>
+      <c r="B9" s="74"/>
       <c r="C9" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="13"/>
-      <c r="F9" s="79"/>
-[...1 lines deleted...]
-      <c r="H9" s="69" t="e">
+      <c r="F9" s="113"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I9" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A10" s="70"/>
-      <c r="B10" s="71"/>
+      <c r="A10" s="73"/>
+      <c r="B10" s="74"/>
       <c r="C10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="13"/>
-      <c r="F10" s="79"/>
-[...1 lines deleted...]
-      <c r="H10" s="69" t="e">
+      <c r="F10" s="113"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="84" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A11" s="72"/>
-      <c r="B11" s="73"/>
+      <c r="A11" s="75"/>
+      <c r="B11" s="76"/>
       <c r="C11" s="6"/>
       <c r="D11" s="14"/>
       <c r="E11" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="46">
         <f>SUM(F4:F10)</f>
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G11" s="45">
         <f>SUM(G4)</f>
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="H11" s="45"/>
     </row>
     <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A12" s="74" t="s">
+      <c r="A12" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="75"/>
+      <c r="B12" s="80"/>
       <c r="C12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="11"/>
       <c r="F12" s="47">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G12" s="41">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H12" s="55">
+        <v>30</v>
+      </c>
+      <c r="H12" s="56">
         <f>G12/F12</f>
-        <v>3.6818181818181817</v>
+        <v>2.3076923076923075</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="82" t="s">
+      <c r="A13" s="109" t="s">
         <v>95</v>
       </c>
-      <c r="B13" s="84" t="s">
+      <c r="B13" s="111" t="s">
         <v>96</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="12" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="13"/>
-      <c r="F13" s="60">
-        <v>6</v>
+      <c r="F13" s="62">
+        <v>7</v>
       </c>
       <c r="G13" s="42">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H13" s="55">
+        <v>18</v>
+      </c>
+      <c r="H13" s="56">
         <f t="shared" ref="H13:H18" si="1">G13/F13</f>
-        <v>3.6666666666666665</v>
+        <v>2.5714285714285716</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A14" s="82"/>
-      <c r="B14" s="84"/>
+      <c r="A14" s="109"/>
+      <c r="B14" s="111"/>
       <c r="C14" s="5" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="12" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="13"/>
-      <c r="F14" s="60">
-        <v>19</v>
+      <c r="F14" s="62">
+        <v>12</v>
       </c>
       <c r="G14" s="42">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="H14" s="55">
+        <v>31</v>
+      </c>
+      <c r="H14" s="56">
         <f t="shared" si="1"/>
-        <v>3.0526315789473686</v>
+        <v>2.5833333333333335</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A15" s="82"/>
-      <c r="B15" s="84"/>
+      <c r="A15" s="109"/>
+      <c r="B15" s="111"/>
       <c r="C15" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="13"/>
       <c r="F15" s="48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G15" s="42">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H15" s="55">
+        <v>5</v>
+      </c>
+      <c r="H15" s="56">
         <f t="shared" si="1"/>
-        <v>3.75</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="82"/>
-      <c r="B16" s="84"/>
+      <c r="A16" s="109"/>
+      <c r="B16" s="111"/>
       <c r="C16" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D16" s="18" t="s">
         <v>97</v>
       </c>
       <c r="E16" s="13"/>
-      <c r="F16" s="60">
+      <c r="F16" s="62">
         <v>3</v>
       </c>
       <c r="G16" s="42">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="H16" s="55">
+        <v>3</v>
+      </c>
+      <c r="H16" s="56">
         <f t="shared" si="1"/>
-        <v>3.6666666666666665</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A17" s="82"/>
-      <c r="B17" s="84"/>
+      <c r="A17" s="109"/>
+      <c r="B17" s="111"/>
       <c r="C17" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="12" t="s">
         <v>130</v>
       </c>
       <c r="E17" s="13"/>
       <c r="F17" s="48">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G17" s="42">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H17" s="55">
+        <v>2</v>
+      </c>
+      <c r="H17" s="56">
         <f t="shared" si="1"/>
-        <v>3.6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A18" s="82"/>
-      <c r="B18" s="84"/>
+      <c r="A18" s="109"/>
+      <c r="B18" s="111"/>
       <c r="C18" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="12" t="s">
         <v>131</v>
       </c>
       <c r="E18" s="13"/>
       <c r="F18" s="48">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G18" s="42">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="H18" s="55">
+        <v>16</v>
+      </c>
+      <c r="H18" s="56">
         <f t="shared" si="1"/>
-        <v>1.2857142857142858</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="83"/>
-      <c r="B19" s="85"/>
+      <c r="A19" s="110"/>
+      <c r="B19" s="112"/>
       <c r="C19" s="6"/>
       <c r="D19" s="14"/>
       <c r="E19" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F19" s="46">
         <f>SUM(F12:F18)</f>
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="G19" s="45">
         <f>SUM(G12:G18)</f>
-        <v>214</v>
+        <v>105</v>
       </c>
       <c r="H19" s="45"/>
     </row>
     <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="74" t="s">
+      <c r="A20" s="79" t="s">
         <v>3</v>
       </c>
-      <c r="B20" s="75"/>
+      <c r="B20" s="80"/>
       <c r="C20" s="4" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="11"/>
       <c r="F20" s="47">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G20" s="41">
-        <v>149</v>
-[...3 lines deleted...]
-        <v>3.9210526315789473</v>
+        <v>83</v>
+      </c>
+      <c r="H20" s="56">
+        <f t="shared" ref="H20:H28" si="2">G20/F20</f>
+        <v>3.074074074074074</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A21" s="70" t="s">
+      <c r="A21" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="86"/>
+      <c r="B21" s="94"/>
       <c r="C21" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="12" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="13"/>
-      <c r="F21" s="60">
-        <v>11</v>
+      <c r="F21" s="62">
+        <v>4</v>
       </c>
       <c r="G21" s="42">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="H21" s="55">
+        <v>12</v>
+      </c>
+      <c r="H21" s="56">
         <f t="shared" si="2"/>
-        <v>3.2727272727272729</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A22" s="87"/>
-      <c r="B22" s="86"/>
+      <c r="A22" s="95"/>
+      <c r="B22" s="94"/>
       <c r="C22" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="13"/>
-      <c r="F22" s="60">
+      <c r="F22" s="62">
+        <v>1</v>
+      </c>
+      <c r="G22" s="42">
         <v>2</v>
       </c>
-      <c r="G22" s="42">
-[...2 lines deleted...]
-      <c r="H22" s="55">
+      <c r="H22" s="56">
+        <f t="shared" si="2"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="95"/>
+      <c r="B23" s="94"/>
+      <c r="C23" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" s="13"/>
+      <c r="F23" s="62">
+        <v>14</v>
+      </c>
+      <c r="G23" s="42">
+        <v>35</v>
+      </c>
+      <c r="H23" s="56">
         <f t="shared" si="2"/>
         <v>2.5</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...19 lines deleted...]
-    </row>
     <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A24" s="87"/>
-      <c r="B24" s="86"/>
+      <c r="A24" s="95"/>
+      <c r="B24" s="94"/>
       <c r="C24" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="12" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="13"/>
       <c r="F24" s="48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G24" s="42">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="H24" s="55">
+        <v>13</v>
+      </c>
+      <c r="H24" s="56">
         <f t="shared" si="2"/>
-        <v>2.6666666666666665</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A25" s="87"/>
-      <c r="B25" s="86"/>
+      <c r="A25" s="95"/>
+      <c r="B25" s="94"/>
       <c r="C25" s="19" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E25" s="21"/>
       <c r="F25" s="48">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>134</v>
+        <v>1</v>
+      </c>
+      <c r="G25" s="40">
+        <v>2</v>
+      </c>
+      <c r="H25" s="56">
+        <f t="shared" si="2"/>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A26" s="87"/>
-      <c r="B26" s="86"/>
+      <c r="A26" s="95"/>
+      <c r="B26" s="94"/>
       <c r="C26" s="5" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="12" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="13"/>
       <c r="F26" s="48">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G26" s="42">
-        <v>15</v>
-[...3 lines deleted...]
-        <v>2.5</v>
+        <v>0</v>
+      </c>
+      <c r="H26" s="67" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A27" s="87"/>
-      <c r="B27" s="86"/>
+      <c r="A27" s="95"/>
+      <c r="B27" s="94"/>
       <c r="C27" s="5" t="s">
         <v>67</v>
       </c>
       <c r="D27" s="12" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="13"/>
       <c r="F27" s="48">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G27" s="42">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="H27" s="55">
+        <v>67</v>
+      </c>
+      <c r="H27" s="56">
         <f t="shared" si="2"/>
-        <v>2.9333333333333331</v>
+        <v>2.3928571428571428</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A28" s="87"/>
-      <c r="B28" s="86"/>
+      <c r="A28" s="95"/>
+      <c r="B28" s="94"/>
       <c r="C28" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15"/>
       <c r="F28" s="49">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G28" s="42">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H28" s="55">
+        <v>48</v>
+      </c>
+      <c r="H28" s="56">
         <f t="shared" si="2"/>
-        <v>1.6923076923076923</v>
+        <v>3.4285714285714284</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A29" s="88"/>
-      <c r="B29" s="89"/>
+      <c r="A29" s="96"/>
+      <c r="B29" s="97"/>
       <c r="C29" s="6"/>
       <c r="D29" s="14"/>
       <c r="E29" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F29" s="46">
         <f>SUM(F20:F28)</f>
-        <v>153</v>
+        <v>94</v>
       </c>
       <c r="G29" s="45">
         <f>SUM(G20:G28)</f>
-        <v>461</v>
+        <v>262</v>
       </c>
       <c r="H29" s="45"/>
     </row>
     <row r="30" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A30" s="74" t="s">
+      <c r="A30" s="79" t="s">
         <v>5</v>
       </c>
-      <c r="B30" s="75"/>
+      <c r="B30" s="80"/>
       <c r="C30" s="4" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>69</v>
       </c>
       <c r="E30" s="13"/>
       <c r="F30" s="48">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G30" s="41">
-        <v>17</v>
-[...3 lines deleted...]
-        <v>17</v>
+        <v>0</v>
+      </c>
+      <c r="H30" s="67" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A31" s="92" t="s">
+      <c r="A31" s="88" t="s">
         <v>100</v>
       </c>
-      <c r="B31" s="96" t="s">
+      <c r="B31" s="92" t="s">
         <v>101</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="12" t="s">
         <v>70</v>
       </c>
       <c r="E31" s="13"/>
-      <c r="F31" s="60">
-[...6 lines deleted...]
-        <v>135</v>
+      <c r="F31" s="62">
+        <v>3</v>
+      </c>
+      <c r="G31" s="40">
+        <v>7</v>
+      </c>
+      <c r="H31" s="56">
+        <f t="shared" ref="H31" si="3">G31/F31</f>
+        <v>2.3333333333333335</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="92"/>
-      <c r="B32" s="96"/>
+      <c r="A32" s="88"/>
+      <c r="B32" s="92"/>
       <c r="C32" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="12" t="s">
         <v>71</v>
       </c>
       <c r="E32" s="13"/>
-      <c r="F32" s="60">
-        <v>13</v>
+      <c r="F32" s="62">
+        <v>3</v>
       </c>
       <c r="G32" s="42">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="H32" s="55">
+        <v>8</v>
+      </c>
+      <c r="H32" s="56">
         <f>G32/F32</f>
-        <v>2.2307692307692308</v>
+        <v>2.6666666666666665</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A33" s="92"/>
-      <c r="B33" s="96"/>
+      <c r="A33" s="88"/>
+      <c r="B33" s="92"/>
       <c r="C33" s="5" t="s">
         <v>104</v>
       </c>
       <c r="D33" s="12" t="s">
         <v>123</v>
       </c>
       <c r="E33" s="13"/>
       <c r="F33" s="48">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="G33" s="42">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H33" s="55">
+        <v>27</v>
+      </c>
+      <c r="H33" s="56">
         <f>G33/F33</f>
-        <v>2.4285714285714284</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A34" s="92"/>
-      <c r="B34" s="96"/>
+      <c r="A34" s="88"/>
+      <c r="B34" s="92"/>
       <c r="C34" s="19" t="s">
         <v>75</v>
       </c>
       <c r="D34" s="20" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="15"/>
       <c r="F34" s="49">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="G34" s="42">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H34" s="42">
         <f>G34/F34</f>
-        <v>3.2352941176470589</v>
+        <v>2.7777777777777777</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A35" s="93"/>
-      <c r="B35" s="97"/>
+      <c r="A35" s="89"/>
+      <c r="B35" s="93"/>
       <c r="C35" s="19"/>
       <c r="D35" s="20"/>
       <c r="E35" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F35" s="46">
         <f>SUM(F30:F34)</f>
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="G35" s="43">
         <f>SUM(G30:G34)</f>
-        <v>169</v>
+        <v>67</v>
       </c>
       <c r="H35" s="45"/>
     </row>
     <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A36" s="74" t="s">
+      <c r="A36" s="79" t="s">
         <v>106</v>
       </c>
-      <c r="B36" s="75"/>
+      <c r="B36" s="80"/>
       <c r="C36" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="22"/>
       <c r="F36" s="50">
         <v>7</v>
       </c>
       <c r="G36" s="41">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="H36" s="55">
+        <v>16</v>
+      </c>
+      <c r="H36" s="56">
         <f>G36/F36</f>
-        <v>3.8571428571428572</v>
+        <v>2.2857142857142856</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A37" s="70" t="s">
+      <c r="A37" s="73" t="s">
         <v>15</v>
       </c>
-      <c r="B37" s="86"/>
+      <c r="B37" s="94"/>
       <c r="C37" s="5" t="s">
         <v>108</v>
       </c>
       <c r="D37" s="12" t="s">
         <v>74</v>
       </c>
       <c r="E37" s="23"/>
       <c r="F37" s="51">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="G37" s="42">
-        <v>49</v>
-[...3 lines deleted...]
-        <v>2.5789473684210527</v>
+        <v>12</v>
+      </c>
+      <c r="H37" s="56">
+        <f t="shared" ref="H37:H45" si="4">G37/F37</f>
+        <v>2.4</v>
       </c>
     </row>
     <row r="38" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A38" s="87"/>
-      <c r="B38" s="86"/>
+      <c r="A38" s="95"/>
+      <c r="B38" s="94"/>
       <c r="C38" s="5" t="s">
         <v>91</v>
       </c>
       <c r="D38" s="12" t="s">
         <v>109</v>
       </c>
       <c r="E38" s="23"/>
-      <c r="F38" s="60">
-        <v>40</v>
+      <c r="F38" s="62">
+        <v>19</v>
       </c>
       <c r="G38" s="42">
-        <v>109</v>
-[...3 lines deleted...]
-        <v>2.7250000000000001</v>
+        <v>60</v>
+      </c>
+      <c r="H38" s="56">
+        <f t="shared" si="4"/>
+        <v>3.1578947368421053</v>
       </c>
     </row>
     <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A39" s="87"/>
-      <c r="B39" s="86"/>
+      <c r="A39" s="95"/>
+      <c r="B39" s="94"/>
       <c r="C39" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D39" s="12" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="23"/>
       <c r="F39" s="48">
-        <v>7</v>
-[...6 lines deleted...]
-        <v>2.5714285714285716</v>
+        <v>8</v>
+      </c>
+      <c r="G39" s="56">
+        <v>16</v>
+      </c>
+      <c r="H39" s="56">
+        <f t="shared" si="4"/>
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A40" s="87"/>
-      <c r="B40" s="86"/>
+      <c r="A40" s="95"/>
+      <c r="B40" s="94"/>
       <c r="C40" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>77</v>
       </c>
       <c r="E40" s="24"/>
-      <c r="F40" s="61">
-[...7 lines deleted...]
-        <v>3.6</v>
+      <c r="F40" s="63">
+        <v>6</v>
+      </c>
+      <c r="G40" s="56">
+        <v>13</v>
+      </c>
+      <c r="H40" s="56">
+        <f t="shared" si="4"/>
+        <v>2.1666666666666665</v>
       </c>
     </row>
     <row r="41" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A41" s="87"/>
-      <c r="B41" s="86"/>
+      <c r="A41" s="95"/>
+      <c r="B41" s="94"/>
       <c r="C41" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D41" s="12" t="s">
         <v>78</v>
       </c>
       <c r="E41" s="23"/>
-      <c r="F41" s="60">
-[...7 lines deleted...]
-        <v>3.7</v>
+      <c r="F41" s="62">
+        <v>2</v>
+      </c>
+      <c r="G41" s="56">
+        <v>5</v>
+      </c>
+      <c r="H41" s="56">
+        <f t="shared" si="4"/>
+        <v>2.5</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A42" s="87"/>
-      <c r="B42" s="86"/>
+      <c r="A42" s="95"/>
+      <c r="B42" s="94"/>
       <c r="C42" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D42" s="12" t="s">
         <v>79</v>
       </c>
       <c r="E42" s="23"/>
-      <c r="F42" s="60">
-[...7 lines deleted...]
-        <v>2.8888888888888888</v>
+      <c r="F42" s="62">
+        <v>8</v>
+      </c>
+      <c r="G42" s="56">
+        <v>16</v>
+      </c>
+      <c r="H42" s="56">
+        <f t="shared" si="4"/>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A43" s="87"/>
-      <c r="B43" s="86"/>
+      <c r="A43" s="95"/>
+      <c r="B43" s="94"/>
       <c r="C43" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="12" t="s">
         <v>80</v>
       </c>
       <c r="E43" s="23"/>
       <c r="F43" s="48">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="G43" s="42">
-        <v>120</v>
-[...3 lines deleted...]
-        <v>2.5531914893617023</v>
+        <v>31</v>
+      </c>
+      <c r="H43" s="56">
+        <f t="shared" si="4"/>
+        <v>3.1</v>
       </c>
     </row>
     <row r="44" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A44" s="87"/>
-      <c r="B44" s="86"/>
+      <c r="A44" s="95"/>
+      <c r="B44" s="94"/>
       <c r="C44" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D44" s="12" t="s">
         <v>81</v>
       </c>
       <c r="E44" s="23"/>
-      <c r="F44" s="60">
-        <v>40</v>
+      <c r="F44" s="62">
+        <v>10</v>
       </c>
       <c r="G44" s="42">
-        <v>101</v>
-[...3 lines deleted...]
-        <v>2.5249999999999999</v>
+        <v>32</v>
+      </c>
+      <c r="H44" s="56">
+        <f t="shared" si="4"/>
+        <v>3.2</v>
       </c>
     </row>
     <row r="45" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A45" s="87"/>
-      <c r="B45" s="86"/>
+      <c r="A45" s="95"/>
+      <c r="B45" s="94"/>
       <c r="C45" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="18" t="s">
         <v>82</v>
       </c>
       <c r="E45" s="23"/>
       <c r="F45" s="48">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="G45" s="42">
-        <v>105</v>
-[...3 lines deleted...]
-        <v>2.5609756097560976</v>
+        <v>18</v>
+      </c>
+      <c r="H45" s="56">
+        <f t="shared" si="4"/>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A46" s="88"/>
-      <c r="B46" s="89"/>
+      <c r="A46" s="96"/>
+      <c r="B46" s="97"/>
       <c r="C46" s="6"/>
       <c r="D46" s="14"/>
       <c r="E46" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F46" s="52">
         <f>SUM(F36:F45)</f>
-        <v>225</v>
+        <v>84</v>
       </c>
       <c r="G46" s="45">
         <f>SUM(G36:G45)</f>
-        <v>610</v>
+        <v>219</v>
       </c>
       <c r="H46" s="45"/>
     </row>
     <row r="47" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A47" s="98" t="s">
         <v>114</v>
       </c>
       <c r="B47" s="99"/>
       <c r="C47" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E47" s="22"/>
       <c r="F47" s="50">
         <v>0</v>
       </c>
-      <c r="G47" s="66" t="s">
-[...3 lines deleted...]
-        <v>134</v>
+      <c r="G47" s="69">
+        <v>0</v>
+      </c>
+      <c r="H47" s="67" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A48" s="70" t="s">
+      <c r="A48" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="B48" s="71"/>
+      <c r="B48" s="74"/>
       <c r="C48" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>25</v>
       </c>
       <c r="E48" s="23"/>
-      <c r="F48" s="60">
-        <v>14</v>
+      <c r="F48" s="62">
+        <v>9</v>
       </c>
       <c r="G48" s="42">
-        <v>41</v>
-[...3 lines deleted...]
-        <v>2.9285714285714284</v>
+        <v>24</v>
+      </c>
+      <c r="H48" s="56">
+        <f t="shared" ref="H48:H52" si="5">G48/F48</f>
+        <v>2.6666666666666665</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A49" s="70"/>
-      <c r="B49" s="71"/>
+      <c r="A49" s="73"/>
+      <c r="B49" s="74"/>
       <c r="C49" s="7" t="s">
         <v>85</v>
       </c>
       <c r="D49" s="12" t="s">
         <v>26</v>
       </c>
       <c r="E49" s="27"/>
       <c r="F49" s="51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G49" s="42">
-        <v>15</v>
-[...3 lines deleted...]
-        <v>3</v>
+        <v>16</v>
+      </c>
+      <c r="H49" s="56">
+        <f t="shared" si="5"/>
+        <v>2.6666666666666665</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A50" s="70"/>
-      <c r="B50" s="71"/>
+      <c r="A50" s="73"/>
+      <c r="B50" s="74"/>
       <c r="C50" s="7" t="s">
         <v>86</v>
       </c>
       <c r="D50" s="12" t="s">
         <v>27</v>
       </c>
       <c r="E50" s="27"/>
       <c r="F50" s="51">
-        <v>3</v>
-[...6 lines deleted...]
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="G50" s="67">
+        <v>11</v>
+      </c>
+      <c r="H50" s="56">
+        <f t="shared" si="5"/>
+        <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A51" s="70"/>
-      <c r="B51" s="71"/>
+      <c r="A51" s="73"/>
+      <c r="B51" s="74"/>
       <c r="C51" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>28</v>
       </c>
       <c r="E51" s="28"/>
       <c r="F51" s="51">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G51" s="40">
-        <v>13</v>
-[...3 lines deleted...]
-        <v>3.25</v>
+        <v>0</v>
+      </c>
+      <c r="H51" s="67" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A52" s="70"/>
-      <c r="B52" s="71"/>
+      <c r="A52" s="73"/>
+      <c r="B52" s="74"/>
       <c r="C52" s="29" t="s">
         <v>88</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E52" s="25"/>
-      <c r="F52" s="59">
-[...7 lines deleted...]
-        <v>3.2</v>
+      <c r="F52" s="61">
+        <v>2</v>
+      </c>
+      <c r="G52" s="66">
+        <v>6</v>
+      </c>
+      <c r="H52" s="56">
+        <f t="shared" si="5"/>
+        <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A53" s="72"/>
-      <c r="B53" s="73"/>
+      <c r="A53" s="75"/>
+      <c r="B53" s="76"/>
       <c r="C53" s="6"/>
       <c r="D53" s="14"/>
       <c r="E53" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F53" s="46">
         <f>SUM(F47:F52)</f>
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G53" s="58">
+        <v>22</v>
+      </c>
+      <c r="G53" s="59">
         <f>SUM(G47:G52)</f>
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="H53" s="45"/>
     </row>
     <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A54" s="74" t="s">
+      <c r="A54" s="79" t="s">
         <v>115</v>
       </c>
-      <c r="B54" s="75"/>
+      <c r="B54" s="80"/>
       <c r="C54" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E54" s="22"/>
-      <c r="F54" s="78">
+      <c r="F54" s="106">
         <f>SUM(I54:I60)</f>
-        <v>53</v>
-[...4 lines deleted...]
-      <c r="H54" s="68">
+        <v>4</v>
+      </c>
+      <c r="G54" s="81">
+        <v>9</v>
+      </c>
+      <c r="H54" s="83">
         <f>G54/F54</f>
-        <v>3.4150943396226414</v>
+        <v>2.25</v>
       </c>
       <c r="I54" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A55" s="92" t="s">
+      <c r="A55" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="B55" s="94" t="s">
+      <c r="B55" s="90" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>117</v>
       </c>
       <c r="D55" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E55" s="23"/>
-      <c r="F55" s="104"/>
-[...1 lines deleted...]
-      <c r="H55" s="90"/>
+      <c r="F55" s="107"/>
+      <c r="G55" s="82"/>
+      <c r="H55" s="86"/>
       <c r="I55" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A56" s="92"/>
-      <c r="B56" s="94"/>
+      <c r="A56" s="88"/>
+      <c r="B56" s="90"/>
       <c r="C56" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D56" s="12" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="23"/>
-      <c r="F56" s="104"/>
-[...1 lines deleted...]
-      <c r="H56" s="90"/>
+      <c r="F56" s="107"/>
+      <c r="G56" s="82"/>
+      <c r="H56" s="86"/>
       <c r="I56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A57" s="92"/>
-      <c r="B57" s="94"/>
+      <c r="A57" s="88"/>
+      <c r="B57" s="90"/>
       <c r="C57" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D57" s="12" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="23"/>
-      <c r="F57" s="104"/>
-[...1 lines deleted...]
-      <c r="H57" s="90"/>
+      <c r="F57" s="107"/>
+      <c r="G57" s="82"/>
+      <c r="H57" s="86"/>
       <c r="I57" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A58" s="92"/>
-      <c r="B58" s="94"/>
+      <c r="A58" s="88"/>
+      <c r="B58" s="90"/>
       <c r="C58" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D58" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="23"/>
-      <c r="F58" s="104"/>
-[...1 lines deleted...]
-      <c r="H58" s="90"/>
+      <c r="F58" s="107"/>
+      <c r="G58" s="82"/>
+      <c r="H58" s="86"/>
       <c r="I58" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A59" s="92"/>
-      <c r="B59" s="94"/>
+      <c r="A59" s="88"/>
+      <c r="B59" s="90"/>
       <c r="C59" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D59" s="12" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="23"/>
-      <c r="F59" s="104"/>
-[...1 lines deleted...]
-      <c r="H59" s="90"/>
+      <c r="F59" s="107"/>
+      <c r="G59" s="82"/>
+      <c r="H59" s="86"/>
       <c r="I59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A60" s="92"/>
-      <c r="B60" s="94"/>
+      <c r="A60" s="88"/>
+      <c r="B60" s="90"/>
       <c r="C60" s="6" t="s">
         <v>122</v>
       </c>
       <c r="D60" s="14" t="s">
         <v>89</v>
       </c>
       <c r="E60" s="25"/>
-      <c r="F60" s="105"/>
-[...1 lines deleted...]
-      <c r="H60" s="91"/>
+      <c r="F60" s="108"/>
+      <c r="G60" s="85"/>
+      <c r="H60" s="87"/>
       <c r="I60" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A61" s="93"/>
-      <c r="B61" s="95"/>
+      <c r="A61" s="89"/>
+      <c r="B61" s="91"/>
       <c r="C61" s="6"/>
       <c r="D61" s="14"/>
       <c r="E61" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F61" s="52">
         <f>SUM(F54)</f>
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="G61" s="39">
         <f>G54</f>
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="H61" s="63"/>
+        <v>9</v>
+      </c>
+      <c r="H61" s="65">
+        <f>SUM(H54)</f>
+        <v>2.25</v>
+      </c>
     </row>
     <row r="62" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A62" s="74" t="s">
+      <c r="A62" s="79" t="s">
         <v>124</v>
       </c>
-      <c r="B62" s="75"/>
+      <c r="B62" s="80"/>
       <c r="C62" s="4" t="s">
         <v>125</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>126</v>
       </c>
       <c r="E62" s="22"/>
       <c r="F62" s="47">
         <v>0</v>
       </c>
       <c r="G62" s="40" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H62" s="40" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A63" s="100" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="101"/>
       <c r="C63" s="5" t="s">
         <v>128</v>
       </c>
       <c r="D63" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E63" s="27"/>
-      <c r="F63" s="62">
-        <v>5</v>
+      <c r="F63" s="64">
+        <v>3</v>
       </c>
       <c r="G63" s="42">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="H63" s="42">
         <f>G63/F63</f>
-        <v>3.6</v>
+        <v>2.6666666666666665</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A64" s="102"/>
       <c r="B64" s="103"/>
       <c r="C64" s="6"/>
       <c r="D64" s="14"/>
       <c r="E64" s="16" t="s">
         <v>20</v>
       </c>
       <c r="F64" s="46">
         <f>SUM(F62:F63)</f>
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G64" s="39">
         <f>SUM(G62:G63)</f>
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H64" s="63"/>
+        <v>8</v>
+      </c>
+      <c r="H64" s="65"/>
     </row>
     <row r="65" spans="1:8" ht="13.5" x14ac:dyDescent="0.15">
-      <c r="A65" s="56"/>
-      <c r="B65" s="57"/>
+      <c r="A65" s="57"/>
+      <c r="B65" s="58"/>
       <c r="C65" s="30"/>
       <c r="D65" s="31"/>
       <c r="E65" s="32"/>
       <c r="F65" s="52"/>
       <c r="G65" s="46"/>
-      <c r="H65" s="63"/>
+      <c r="H65" s="65"/>
     </row>
     <row r="66" spans="1:8" ht="13.5" x14ac:dyDescent="0.15">
       <c r="A66" s="33"/>
       <c r="B66" s="34"/>
       <c r="C66" s="35"/>
       <c r="D66" s="36"/>
       <c r="E66" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="F66" s="53">
+      <c r="F66" s="54">
+        <f>SUM(F61,F53,F46,F29,F35,F19,F11,F64)</f>
+        <v>292</v>
+      </c>
+      <c r="G66" s="39">
+        <f>SUM(G11,G19,G29,G35,G46,G53,G61,G64)</f>
+        <v>766</v>
+      </c>
+      <c r="H66" s="65"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.15">
+      <c r="C67" s="2"/>
+    </row>
+  </sheetData>
+  <mergeCells count="26">
+    <mergeCell ref="H4:H10"/>
+    <mergeCell ref="A5:B11"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="F4:F10"/>
+    <mergeCell ref="G4:G10"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:A19"/>
+    <mergeCell ref="B13:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A21:B29"/>
+    <mergeCell ref="H54:H60"/>
+    <mergeCell ref="A55:A61"/>
+    <mergeCell ref="B55:B61"/>
+    <mergeCell ref="A31:A35"/>
+    <mergeCell ref="B31:B35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A37:B46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A48:B53"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="A63:B64"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="F54:F60"/>
+    <mergeCell ref="G54:G60"/>
+  </mergeCells>
+  <phoneticPr fontId="1"/>
+  <printOptions horizontalCentered="1" verticalCentered="1"/>
+  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.23622047244094491" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F068F93B-8E56-4196-8E01-873319ADDCAF}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J67"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="5" ySplit="3" topLeftCell="F4" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="F1" sqref="F1"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
+      <selection pane="bottomRight" activeCell="M14" sqref="M14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12" outlineLevelCol="2" x14ac:dyDescent="0.15"/>
+  <cols>
+    <col min="1" max="2" width="3" style="1" customWidth="1"/>
+    <col min="3" max="3" width="8.6640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="60.83203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.33203125" style="2" customWidth="1"/>
+    <col min="6" max="8" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="9.33203125" style="1" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="10" max="10" width="9.33203125" style="1" collapsed="1"/>
+    <col min="11" max="16384" width="9.33203125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.2">
+      <c r="A1" s="70" t="s">
+        <v>140</v>
+      </c>
+      <c r="B1" s="70"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+    </row>
+    <row r="2" spans="1:9" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="3" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="77" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="78"/>
+      <c r="C3" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" s="9"/>
+      <c r="F3" s="55" t="s">
+        <v>132</v>
+      </c>
+      <c r="G3" s="38" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" s="44" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="79" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="80"/>
+      <c r="C4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="11"/>
+      <c r="F4" s="106">
+        <f>SUM(I4:I10)</f>
+        <v>26</v>
+      </c>
+      <c r="G4" s="81">
+        <v>70</v>
+      </c>
+      <c r="H4" s="83">
+        <f>G4/F4</f>
+        <v>2.6923076923076925</v>
+      </c>
+      <c r="I4" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="73" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="74"/>
+      <c r="C5" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="13"/>
+      <c r="F5" s="113"/>
+      <c r="G5" s="82"/>
+      <c r="H5" s="84" t="e">
+        <f t="shared" ref="H5:H10" si="0">G5/F5</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="73"/>
+      <c r="B6" s="74"/>
+      <c r="C6" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="13"/>
+      <c r="F6" s="113"/>
+      <c r="G6" s="82"/>
+      <c r="H6" s="84" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="73"/>
+      <c r="B7" s="74"/>
+      <c r="C7" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="13"/>
+      <c r="F7" s="113"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="84" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I7" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="73"/>
+      <c r="B8" s="74"/>
+      <c r="C8" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" s="13"/>
+      <c r="F8" s="113"/>
+      <c r="G8" s="82"/>
+      <c r="H8" s="84" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I8" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="73"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="13"/>
+      <c r="F9" s="113"/>
+      <c r="G9" s="82"/>
+      <c r="H9" s="84" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I9" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A10" s="73"/>
+      <c r="B10" s="74"/>
+      <c r="C10" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="13"/>
+      <c r="F10" s="113"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="84" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I10" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="75"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" s="46">
+        <f>SUM(F4:F10)</f>
+        <v>26</v>
+      </c>
+      <c r="G11" s="45">
+        <f>SUM(G4)</f>
+        <v>70</v>
+      </c>
+      <c r="H11" s="45"/>
+    </row>
+    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="79" t="s">
+        <v>2</v>
+      </c>
+      <c r="B12" s="80"/>
+      <c r="C12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" s="11"/>
+      <c r="F12" s="47">
+        <v>22</v>
+      </c>
+      <c r="G12" s="41">
+        <v>81</v>
+      </c>
+      <c r="H12" s="56">
+        <f>G12/F12</f>
+        <v>3.6818181818181817</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="109" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="111" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" s="13"/>
+      <c r="F13" s="62">
+        <v>6</v>
+      </c>
+      <c r="G13" s="42">
+        <v>22</v>
+      </c>
+      <c r="H13" s="56">
+        <f t="shared" ref="H13:H18" si="1">G13/F13</f>
+        <v>3.6666666666666665</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="109"/>
+      <c r="B14" s="111"/>
+      <c r="C14" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" s="13"/>
+      <c r="F14" s="62">
+        <v>19</v>
+      </c>
+      <c r="G14" s="42">
+        <v>58</v>
+      </c>
+      <c r="H14" s="56">
+        <f t="shared" si="1"/>
+        <v>3.0526315789473686</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="109"/>
+      <c r="B15" s="111"/>
+      <c r="C15" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="13"/>
+      <c r="F15" s="48">
+        <v>4</v>
+      </c>
+      <c r="G15" s="42">
+        <v>15</v>
+      </c>
+      <c r="H15" s="56">
+        <f t="shared" si="1"/>
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="109"/>
+      <c r="B16" s="111"/>
+      <c r="C16" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" s="13"/>
+      <c r="F16" s="62">
+        <v>3</v>
+      </c>
+      <c r="G16" s="42">
+        <v>11</v>
+      </c>
+      <c r="H16" s="56">
+        <f t="shared" si="1"/>
+        <v>3.6666666666666665</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="109"/>
+      <c r="B17" s="111"/>
+      <c r="C17" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" s="13"/>
+      <c r="F17" s="48">
+        <v>5</v>
+      </c>
+      <c r="G17" s="42">
+        <v>18</v>
+      </c>
+      <c r="H17" s="56">
+        <f t="shared" si="1"/>
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="109"/>
+      <c r="B18" s="111"/>
+      <c r="C18" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" s="13"/>
+      <c r="F18" s="48">
+        <v>7</v>
+      </c>
+      <c r="G18" s="42">
+        <v>9</v>
+      </c>
+      <c r="H18" s="56">
+        <f t="shared" si="1"/>
+        <v>1.2857142857142858</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="110"/>
+      <c r="B19" s="112"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" s="46">
+        <f>SUM(F12:F18)</f>
+        <v>66</v>
+      </c>
+      <c r="G19" s="45">
+        <f>SUM(G12:G18)</f>
+        <v>214</v>
+      </c>
+      <c r="H19" s="45"/>
+    </row>
+    <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="79" t="s">
+        <v>3</v>
+      </c>
+      <c r="B20" s="80"/>
+      <c r="C20" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" s="11"/>
+      <c r="F20" s="47">
+        <v>38</v>
+      </c>
+      <c r="G20" s="41">
+        <v>149</v>
+      </c>
+      <c r="H20" s="56">
+        <f t="shared" ref="H20:H30" si="2">G20/F20</f>
+        <v>3.9210526315789473</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="73" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="94"/>
+      <c r="C21" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" s="13"/>
+      <c r="F21" s="62">
+        <v>11</v>
+      </c>
+      <c r="G21" s="42">
+        <v>36</v>
+      </c>
+      <c r="H21" s="56">
+        <f t="shared" si="2"/>
+        <v>3.2727272727272729</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="95"/>
+      <c r="B22" s="94"/>
+      <c r="C22" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" s="13"/>
+      <c r="F22" s="62">
+        <v>2</v>
+      </c>
+      <c r="G22" s="42">
+        <v>5</v>
+      </c>
+      <c r="H22" s="56">
+        <f t="shared" si="2"/>
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="95"/>
+      <c r="B23" s="94"/>
+      <c r="C23" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" s="13"/>
+      <c r="F23" s="62">
+        <v>50</v>
+      </c>
+      <c r="G23" s="42">
+        <v>138</v>
+      </c>
+      <c r="H23" s="56">
+        <f t="shared" si="2"/>
+        <v>2.76</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="95"/>
+      <c r="B24" s="94"/>
+      <c r="C24" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="48">
+        <v>3</v>
+      </c>
+      <c r="G24" s="42">
+        <v>8</v>
+      </c>
+      <c r="H24" s="56">
+        <f t="shared" si="2"/>
+        <v>2.6666666666666665</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="95"/>
+      <c r="B25" s="94"/>
+      <c r="C25" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E25" s="21"/>
+      <c r="F25" s="48">
+        <v>0</v>
+      </c>
+      <c r="G25" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H25" s="67" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="95"/>
+      <c r="B26" s="94"/>
+      <c r="C26" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" s="13"/>
+      <c r="F26" s="48">
+        <v>6</v>
+      </c>
+      <c r="G26" s="42">
+        <v>15</v>
+      </c>
+      <c r="H26" s="56">
+        <f t="shared" si="2"/>
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="95"/>
+      <c r="B27" s="94"/>
+      <c r="C27" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="13"/>
+      <c r="F27" s="48">
+        <v>30</v>
+      </c>
+      <c r="G27" s="42">
+        <v>88</v>
+      </c>
+      <c r="H27" s="56">
+        <f t="shared" si="2"/>
+        <v>2.9333333333333331</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="95"/>
+      <c r="B28" s="94"/>
+      <c r="C28" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" s="15"/>
+      <c r="F28" s="49">
+        <v>13</v>
+      </c>
+      <c r="G28" s="42">
+        <v>22</v>
+      </c>
+      <c r="H28" s="56">
+        <f t="shared" si="2"/>
+        <v>1.6923076923076923</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="96"/>
+      <c r="B29" s="97"/>
+      <c r="C29" s="6"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" s="46">
+        <f>SUM(F20:F28)</f>
+        <v>153</v>
+      </c>
+      <c r="G29" s="45">
+        <f>SUM(G20:G28)</f>
+        <v>461</v>
+      </c>
+      <c r="H29" s="45"/>
+    </row>
+    <row r="30" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="79" t="s">
+        <v>5</v>
+      </c>
+      <c r="B30" s="80"/>
+      <c r="C30" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E30" s="13"/>
+      <c r="F30" s="48">
+        <v>1</v>
+      </c>
+      <c r="G30" s="41">
+        <v>17</v>
+      </c>
+      <c r="H30" s="56">
+        <f t="shared" si="2"/>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="88" t="s">
+        <v>100</v>
+      </c>
+      <c r="B31" s="92" t="s">
+        <v>101</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" s="13"/>
+      <c r="F31" s="62">
+        <v>5</v>
+      </c>
+      <c r="G31" s="40" t="s">
+        <v>134</v>
+      </c>
+      <c r="H31" s="40" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="88"/>
+      <c r="B32" s="92"/>
+      <c r="C32" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" s="13"/>
+      <c r="F32" s="62">
+        <v>13</v>
+      </c>
+      <c r="G32" s="42">
+        <v>29</v>
+      </c>
+      <c r="H32" s="56">
+        <f>G32/F32</f>
+        <v>2.2307692307692308</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="88"/>
+      <c r="B33" s="92"/>
+      <c r="C33" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="E33" s="13"/>
+      <c r="F33" s="48">
+        <v>28</v>
+      </c>
+      <c r="G33" s="42">
+        <v>68</v>
+      </c>
+      <c r="H33" s="56">
+        <f>G33/F33</f>
+        <v>2.4285714285714284</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="88"/>
+      <c r="B34" s="92"/>
+      <c r="C34" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="E34" s="15"/>
+      <c r="F34" s="49">
+        <v>17</v>
+      </c>
+      <c r="G34" s="42">
+        <v>55</v>
+      </c>
+      <c r="H34" s="42">
+        <f>G34/F34</f>
+        <v>3.2352941176470589</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="89"/>
+      <c r="B35" s="93"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" s="46">
+        <f>SUM(F30:F34)</f>
+        <v>64</v>
+      </c>
+      <c r="G35" s="43">
+        <f>SUM(G30:G34)</f>
+        <v>169</v>
+      </c>
+      <c r="H35" s="45"/>
+    </row>
+    <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="79" t="s">
+        <v>106</v>
+      </c>
+      <c r="B36" s="80"/>
+      <c r="C36" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="50">
+        <v>7</v>
+      </c>
+      <c r="G36" s="41">
+        <v>27</v>
+      </c>
+      <c r="H36" s="56">
+        <f>G36/F36</f>
+        <v>3.8571428571428572</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="B37" s="94"/>
+      <c r="C37" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D37" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E37" s="23"/>
+      <c r="F37" s="51">
+        <v>19</v>
+      </c>
+      <c r="G37" s="42">
+        <v>49</v>
+      </c>
+      <c r="H37" s="56">
+        <f t="shared" ref="H37:H45" si="3">G37/F37</f>
+        <v>2.5789473684210527</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="95"/>
+      <c r="B38" s="94"/>
+      <c r="C38" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D38" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="E38" s="23"/>
+      <c r="F38" s="62">
+        <v>40</v>
+      </c>
+      <c r="G38" s="42">
+        <v>109</v>
+      </c>
+      <c r="H38" s="56">
+        <f t="shared" si="3"/>
+        <v>2.7250000000000001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="95"/>
+      <c r="B39" s="94"/>
+      <c r="C39" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E39" s="23"/>
+      <c r="F39" s="48">
+        <v>7</v>
+      </c>
+      <c r="G39" s="56">
+        <v>18</v>
+      </c>
+      <c r="H39" s="56">
+        <f t="shared" si="3"/>
+        <v>2.5714285714285716</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="95"/>
+      <c r="B40" s="94"/>
+      <c r="C40" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E40" s="24"/>
+      <c r="F40" s="63">
+        <v>5</v>
+      </c>
+      <c r="G40" s="56">
+        <v>18</v>
+      </c>
+      <c r="H40" s="56">
+        <f t="shared" si="3"/>
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="95"/>
+      <c r="B41" s="94"/>
+      <c r="C41" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D41" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E41" s="23"/>
+      <c r="F41" s="62">
+        <v>10</v>
+      </c>
+      <c r="G41" s="56">
+        <v>37</v>
+      </c>
+      <c r="H41" s="56">
+        <f t="shared" si="3"/>
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="95"/>
+      <c r="B42" s="94"/>
+      <c r="C42" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D42" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" s="23"/>
+      <c r="F42" s="62">
+        <v>9</v>
+      </c>
+      <c r="G42" s="56">
+        <v>26</v>
+      </c>
+      <c r="H42" s="56">
+        <f t="shared" si="3"/>
+        <v>2.8888888888888888</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="95"/>
+      <c r="B43" s="94"/>
+      <c r="C43" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E43" s="23"/>
+      <c r="F43" s="48">
+        <v>47</v>
+      </c>
+      <c r="G43" s="42">
+        <v>120</v>
+      </c>
+      <c r="H43" s="56">
+        <f t="shared" si="3"/>
+        <v>2.5531914893617023</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="95"/>
+      <c r="B44" s="94"/>
+      <c r="C44" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D44" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E44" s="23"/>
+      <c r="F44" s="62">
+        <v>40</v>
+      </c>
+      <c r="G44" s="42">
+        <v>101</v>
+      </c>
+      <c r="H44" s="56">
+        <f t="shared" si="3"/>
+        <v>2.5249999999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="95"/>
+      <c r="B45" s="94"/>
+      <c r="C45" s="17" t="s">
+        <v>94</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E45" s="23"/>
+      <c r="F45" s="48">
+        <v>41</v>
+      </c>
+      <c r="G45" s="42">
+        <v>105</v>
+      </c>
+      <c r="H45" s="56">
+        <f t="shared" si="3"/>
+        <v>2.5609756097560976</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="96"/>
+      <c r="B46" s="97"/>
+      <c r="C46" s="6"/>
+      <c r="D46" s="14"/>
+      <c r="E46" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" s="52">
+        <f>SUM(F36:F45)</f>
+        <v>225</v>
+      </c>
+      <c r="G46" s="45">
+        <f>SUM(G36:G45)</f>
+        <v>610</v>
+      </c>
+      <c r="H46" s="45"/>
+    </row>
+    <row r="47" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="98" t="s">
+        <v>114</v>
+      </c>
+      <c r="B47" s="99"/>
+      <c r="C47" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="50">
+        <v>0</v>
+      </c>
+      <c r="G47" s="69" t="s">
+        <v>133</v>
+      </c>
+      <c r="H47" s="67" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="73" t="s">
+        <v>21</v>
+      </c>
+      <c r="B48" s="74"/>
+      <c r="C48" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D48" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="23"/>
+      <c r="F48" s="62">
+        <v>14</v>
+      </c>
+      <c r="G48" s="42">
+        <v>41</v>
+      </c>
+      <c r="H48" s="56">
+        <f t="shared" ref="H48:H52" si="4">G48/F48</f>
+        <v>2.9285714285714284</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="73"/>
+      <c r="B49" s="74"/>
+      <c r="C49" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D49" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="27"/>
+      <c r="F49" s="51">
+        <v>5</v>
+      </c>
+      <c r="G49" s="42">
+        <v>15</v>
+      </c>
+      <c r="H49" s="56">
+        <f t="shared" si="4"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="73"/>
+      <c r="B50" s="74"/>
+      <c r="C50" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D50" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E50" s="27"/>
+      <c r="F50" s="51">
+        <v>3</v>
+      </c>
+      <c r="G50" s="67">
+        <v>9</v>
+      </c>
+      <c r="H50" s="56">
+        <f t="shared" si="4"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="73"/>
+      <c r="B51" s="74"/>
+      <c r="C51" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="E51" s="28"/>
+      <c r="F51" s="51">
+        <v>4</v>
+      </c>
+      <c r="G51" s="40">
+        <v>13</v>
+      </c>
+      <c r="H51" s="56">
+        <f t="shared" si="4"/>
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="73"/>
+      <c r="B52" s="74"/>
+      <c r="C52" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="D52" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E52" s="25"/>
+      <c r="F52" s="61">
+        <v>5</v>
+      </c>
+      <c r="G52" s="66">
+        <v>16</v>
+      </c>
+      <c r="H52" s="56">
+        <f t="shared" si="4"/>
+        <v>3.2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="75"/>
+      <c r="B53" s="76"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" s="46">
+        <f>SUM(F47:F52)</f>
+        <v>31</v>
+      </c>
+      <c r="G53" s="59">
+        <f>SUM(G47:G52)</f>
+        <v>94</v>
+      </c>
+      <c r="H53" s="45"/>
+    </row>
+    <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="79" t="s">
+        <v>115</v>
+      </c>
+      <c r="B54" s="80"/>
+      <c r="C54" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E54" s="22"/>
+      <c r="F54" s="106">
+        <f>SUM(I54:I60)</f>
+        <v>53</v>
+      </c>
+      <c r="G54" s="81">
+        <v>181</v>
+      </c>
+      <c r="H54" s="83">
+        <f>G54/F54</f>
+        <v>3.4150943396226414</v>
+      </c>
+      <c r="I54" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="88" t="s">
+        <v>16</v>
+      </c>
+      <c r="B55" s="90" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="D55" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E55" s="23"/>
+      <c r="F55" s="107"/>
+      <c r="G55" s="82"/>
+      <c r="H55" s="86"/>
+      <c r="I55" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="88"/>
+      <c r="B56" s="90"/>
+      <c r="C56" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D56" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E56" s="23"/>
+      <c r="F56" s="107"/>
+      <c r="G56" s="82"/>
+      <c r="H56" s="86"/>
+      <c r="I56" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="88"/>
+      <c r="B57" s="90"/>
+      <c r="C57" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D57" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" s="23"/>
+      <c r="F57" s="107"/>
+      <c r="G57" s="82"/>
+      <c r="H57" s="86"/>
+      <c r="I57" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="88"/>
+      <c r="B58" s="90"/>
+      <c r="C58" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D58" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" s="23"/>
+      <c r="F58" s="107"/>
+      <c r="G58" s="82"/>
+      <c r="H58" s="86"/>
+      <c r="I58" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="88"/>
+      <c r="B59" s="90"/>
+      <c r="C59" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D59" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" s="23"/>
+      <c r="F59" s="107"/>
+      <c r="G59" s="82"/>
+      <c r="H59" s="86"/>
+      <c r="I59" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="88"/>
+      <c r="B60" s="90"/>
+      <c r="C60" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D60" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E60" s="25"/>
+      <c r="F60" s="108"/>
+      <c r="G60" s="85"/>
+      <c r="H60" s="87"/>
+      <c r="I60" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A61" s="89"/>
+      <c r="B61" s="91"/>
+      <c r="C61" s="6"/>
+      <c r="D61" s="14"/>
+      <c r="E61" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" s="52">
+        <f>SUM(F54)</f>
+        <v>53</v>
+      </c>
+      <c r="G61" s="39">
+        <f>G54</f>
+        <v>181</v>
+      </c>
+      <c r="H61" s="65"/>
+    </row>
+    <row r="62" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A62" s="79" t="s">
+        <v>124</v>
+      </c>
+      <c r="B62" s="80"/>
+      <c r="C62" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="E62" s="22"/>
+      <c r="F62" s="47">
+        <v>0</v>
+      </c>
+      <c r="G62" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="H62" s="40" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A63" s="100" t="s">
+        <v>127</v>
+      </c>
+      <c r="B63" s="101"/>
+      <c r="C63" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D63" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="E63" s="27"/>
+      <c r="F63" s="64">
+        <v>5</v>
+      </c>
+      <c r="G63" s="42">
+        <v>18</v>
+      </c>
+      <c r="H63" s="42">
+        <f>G63/F63</f>
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A64" s="102"/>
+      <c r="B64" s="103"/>
+      <c r="C64" s="6"/>
+      <c r="D64" s="14"/>
+      <c r="E64" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" s="46">
+        <f>SUM(F62:F63)</f>
+        <v>5</v>
+      </c>
+      <c r="G64" s="39">
+        <f>SUM(G62:G63)</f>
+        <v>18</v>
+      </c>
+      <c r="H64" s="65"/>
+    </row>
+    <row r="65" spans="1:8" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A65" s="57"/>
+      <c r="B65" s="58"/>
+      <c r="C65" s="30"/>
+      <c r="D65" s="31"/>
+      <c r="E65" s="32"/>
+      <c r="F65" s="52"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="65"/>
+    </row>
+    <row r="66" spans="1:8" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A66" s="33"/>
+      <c r="B66" s="34"/>
+      <c r="C66" s="35"/>
+      <c r="D66" s="36"/>
+      <c r="E66" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="F66" s="54">
         <f>SUM(F61,F53,F46,F29,F35,F19,F11,F64)</f>
         <v>623</v>
       </c>
       <c r="G66" s="39">
         <f>SUM(G11,G19,G29,G35,G46,G53,G61,G64)</f>
         <v>1817</v>
       </c>
-      <c r="H66" s="63"/>
+      <c r="H66" s="65"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.15">
       <c r="C67" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="26">
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="A63:B64"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="F54:F60"/>
+    <mergeCell ref="A55:A61"/>
+    <mergeCell ref="B55:B61"/>
+    <mergeCell ref="G54:G60"/>
+    <mergeCell ref="H54:H60"/>
+    <mergeCell ref="A31:A35"/>
+    <mergeCell ref="B31:B35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A37:B46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A48:B53"/>
     <mergeCell ref="G4:G10"/>
     <mergeCell ref="H4:H10"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="F4:F10"/>
     <mergeCell ref="A5:B11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A13:A19"/>
     <mergeCell ref="B13:B19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A21:B29"/>
-    <mergeCell ref="G54:G60"/>
-[...12 lines deleted...]
-    <mergeCell ref="B55:B61"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.23622047244094491" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>2025秋</vt:lpstr>
       <vt:lpstr>2025春</vt:lpstr>
       <vt:lpstr>2024秋</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AESJ</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>AESJ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>