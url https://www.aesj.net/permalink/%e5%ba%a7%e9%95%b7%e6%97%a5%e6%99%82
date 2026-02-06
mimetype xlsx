--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -1,2445 +1,2100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" autoCompressPictures="0" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB4B4D69-6A27-4181-9DB7-EEC9ADF3F80C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38DCD291-2428-4981-BA3A-FA835F72A45E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="17385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2535" yWindow="0" windowWidth="24270" windowHeight="15555" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="座長日時20250904" sheetId="1" r:id="rId1"/>
+    <sheet name="座長日時" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="122211" concurrentCalc="0"/>
+  <calcPr calcId="122211"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1968" uniqueCount="797">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1608" uniqueCount="684">
   <si>
     <t/>
   </si>
   <si>
     <t>セッション名</t>
     <rPh sb="5" eb="6">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>開催日</t>
     <rPh sb="0" eb="2">
       <t>カイサイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>会場</t>
     <rPh sb="0" eb="2">
       <t>カイジョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>場所</t>
     <rPh sb="0" eb="2">
       <t>バショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>1A01-04</t>
-[...2 lines deleted...]
-    <t>1F廃炉の人材育成</t>
+    <t>2K08-12</t>
+  </si>
+  <si>
+    <t>コミュニケーション1</t>
   </si>
   <si>
     <t>I. 総論</t>
   </si>
   <si>
-    <t>2025年9月10日</t>
+    <t>2026年3月12日</t>
+  </si>
+  <si>
+    <t>14:45</t>
+  </si>
+  <si>
+    <t>16:15</t>
+  </si>
+  <si>
+    <t>K会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室G</t>
+  </si>
+  <si>
+    <t>桑垣</t>
+  </si>
+  <si>
+    <t>玲子</t>
+  </si>
+  <si>
+    <t>電中研</t>
+  </si>
+  <si>
+    <t>2K13-16</t>
+  </si>
+  <si>
+    <t>コミュニケーション2</t>
+  </si>
+  <si>
+    <t>17:30</t>
+  </si>
+  <si>
+    <t>竹田</t>
+  </si>
+  <si>
+    <t>宜人</t>
+  </si>
+  <si>
+    <t>北大</t>
+  </si>
+  <si>
+    <t>2K17-20</t>
+  </si>
+  <si>
+    <t>教育・人材育成</t>
+  </si>
+  <si>
+    <t>18:45</t>
+  </si>
+  <si>
+    <t>藤田</t>
+  </si>
+  <si>
+    <t>智博</t>
+  </si>
+  <si>
+    <t>INSS</t>
+  </si>
+  <si>
+    <t>3K01-05</t>
+  </si>
+  <si>
+    <t>政策と人材育成</t>
+  </si>
+  <si>
+    <t>2026年3月13日</t>
+  </si>
+  <si>
+    <t>09:30</t>
+  </si>
+  <si>
+    <t>10:50</t>
+  </si>
+  <si>
+    <t>澤田</t>
+  </si>
+  <si>
+    <t>哲生</t>
+  </si>
+  <si>
+    <t>工学院大</t>
+  </si>
+  <si>
+    <t>3K06-09</t>
+  </si>
+  <si>
+    <t>人材育成</t>
+  </si>
+  <si>
+    <t>12:00</t>
+  </si>
+  <si>
+    <t>松本</t>
+  </si>
+  <si>
+    <t>義久</t>
+  </si>
+  <si>
+    <t>科学大</t>
+  </si>
+  <si>
+    <t>1G01-06</t>
+  </si>
+  <si>
+    <t>実験・システム整備</t>
+  </si>
+  <si>
+    <t>II. 放射線工学と加速器・ビーム科学および医学利用</t>
+  </si>
+  <si>
+    <t>201-1 原子核物理，核データ測定・評価・検証，核反応工学</t>
+  </si>
+  <si>
+    <t>2026年3月11日</t>
   </si>
   <si>
     <t>09:45</t>
   </si>
   <si>
+    <t>11:30</t>
+  </si>
+  <si>
+    <t>G会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室C</t>
+  </si>
+  <si>
+    <t>堀</t>
+  </si>
+  <si>
+    <t>順一</t>
+  </si>
+  <si>
+    <t>京大</t>
+  </si>
+  <si>
+    <t>Kyoto Univ.</t>
+  </si>
+  <si>
+    <t>1G07-11</t>
+  </si>
+  <si>
+    <t>核分裂反応データ</t>
+  </si>
+  <si>
+    <t>16:00</t>
+  </si>
+  <si>
+    <t>17:25</t>
+  </si>
+  <si>
+    <t>Sanami</t>
+  </si>
+  <si>
+    <t>Toshiya</t>
+  </si>
+  <si>
+    <t>KEK</t>
+  </si>
+  <si>
+    <t>1G12-16</t>
+  </si>
+  <si>
+    <t>代理反応・積分実験</t>
+  </si>
+  <si>
+    <t>18:50</t>
+  </si>
+  <si>
+    <t>杉原</t>
+  </si>
+  <si>
+    <t>健太</t>
+  </si>
+  <si>
+    <t>2G01-04</t>
+  </si>
+  <si>
+    <t>核データ評価1</t>
+  </si>
+  <si>
+    <t>09:40</t>
+  </si>
+  <si>
+    <t>西尾</t>
+  </si>
+  <si>
+    <t>勝久</t>
+  </si>
+  <si>
+    <t>JAEA</t>
+  </si>
+  <si>
+    <t>2G05-08</t>
+  </si>
+  <si>
+    <t>核データ評価2</t>
+  </si>
+  <si>
+    <t>片渕</t>
+  </si>
+  <si>
+    <t>竜也</t>
+  </si>
+  <si>
+    <t>2G09-11</t>
+  </si>
+  <si>
+    <t>医療用RI製造</t>
+  </si>
+  <si>
+    <t>15:40</t>
+  </si>
+  <si>
+    <t>牧井</t>
+  </si>
+  <si>
+    <t>宏之</t>
+  </si>
+  <si>
+    <t>2F01-05</t>
+  </si>
+  <si>
+    <t>放射線挙動1</t>
+  </si>
+  <si>
+    <t>202-1 放射線挙動，遮蔽工学</t>
+  </si>
+  <si>
+    <t>10:55</t>
+  </si>
+  <si>
+    <t>F会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室B3</t>
+  </si>
+  <si>
+    <t>平尾</t>
+  </si>
+  <si>
+    <t>好弘</t>
+  </si>
+  <si>
+    <t>海技研</t>
+  </si>
+  <si>
+    <t>2F06-09</t>
+  </si>
+  <si>
+    <t>放射線挙動2</t>
+  </si>
+  <si>
+    <t>奥野</t>
+  </si>
+  <si>
+    <t>功一</t>
+  </si>
+  <si>
+    <t>安藤ハザマ</t>
+  </si>
+  <si>
+    <t>2F10-15</t>
+  </si>
+  <si>
+    <t>放射線物理・放射線計測</t>
+  </si>
+  <si>
+    <t>202-2 放射線物理，放射線計測</t>
+  </si>
+  <si>
+    <t>16:30</t>
+  </si>
+  <si>
+    <t>松林</t>
+  </si>
+  <si>
+    <t>錦</t>
+  </si>
+  <si>
+    <t>2F16-22</t>
+  </si>
+  <si>
+    <t>中性子計測・燃料デブリ</t>
+  </si>
+  <si>
+    <t>18:30</t>
+  </si>
+  <si>
+    <t>渡辺</t>
+  </si>
+  <si>
+    <t>賢一</t>
+  </si>
+  <si>
+    <t>九大</t>
+  </si>
+  <si>
+    <t>3F01-04</t>
+  </si>
+  <si>
+    <t>中性子源・中性子工学1</t>
+  </si>
+  <si>
+    <t>202-3 中性子源・中性子工学</t>
+  </si>
+  <si>
+    <t>10:15</t>
+  </si>
+  <si>
+    <t>11:25</t>
+  </si>
+  <si>
+    <t>木村</t>
+  </si>
+  <si>
+    <t>敦</t>
+  </si>
+  <si>
+    <t>3F05-06</t>
+  </si>
+  <si>
+    <t>中性子源・中性子工学2</t>
+  </si>
+  <si>
+    <t>日野</t>
+  </si>
+  <si>
+    <t>正裕</t>
+  </si>
+  <si>
+    <t>3F07-12</t>
+  </si>
+  <si>
+    <t>量子線の医学応用</t>
+  </si>
+  <si>
+    <t>202-4 量子線の医学利用</t>
+  </si>
+  <si>
+    <t>16:25</t>
+  </si>
+  <si>
+    <t>島添</t>
+  </si>
+  <si>
+    <t>健次</t>
+  </si>
+  <si>
+    <t>東大</t>
+  </si>
+  <si>
+    <t>2G12-14</t>
+  </si>
+  <si>
+    <t>加速器・レーザー1</t>
+  </si>
+  <si>
+    <t>203-1 加速器（医療用を含む）・放射光・レーザー</t>
+  </si>
+  <si>
+    <t>16:35</t>
+  </si>
+  <si>
+    <t>坂上</t>
+  </si>
+  <si>
+    <t>和之</t>
+  </si>
+  <si>
+    <t>2G15-17</t>
+  </si>
+  <si>
+    <t>加速器・レーザー2</t>
+  </si>
+  <si>
+    <t>長谷川</t>
+  </si>
+  <si>
+    <t>純</t>
+  </si>
+  <si>
+    <t>3G01-04</t>
+  </si>
+  <si>
+    <t>ビーム利用・計測・ターゲット1</t>
+  </si>
+  <si>
+    <t>203-2 ビーム利用・ビーム計測・ターゲット</t>
+  </si>
+  <si>
+    <t>中山</t>
+  </si>
+  <si>
+    <t>幸一</t>
+  </si>
+  <si>
+    <t>3G05-08</t>
+  </si>
+  <si>
+    <t>ビーム利用・計測・ターゲット2</t>
+  </si>
+  <si>
+    <t>林崎</t>
+  </si>
+  <si>
+    <t>規託</t>
+  </si>
+  <si>
+    <t>3G09-10</t>
+  </si>
+  <si>
+    <t>ビーム利用・計測・ターゲット3</t>
+  </si>
+  <si>
+    <t>15:25</t>
+  </si>
+  <si>
+    <t>甲斐</t>
+  </si>
+  <si>
+    <t>哲也</t>
+  </si>
+  <si>
+    <t>3G11-13</t>
+  </si>
+  <si>
+    <t>ビーム利用・計測・ターゲット4</t>
+  </si>
+  <si>
+    <t>16:20</t>
+  </si>
+  <si>
+    <t>加美山</t>
+  </si>
+  <si>
+    <t>隆</t>
+  </si>
+  <si>
+    <t>3K10-15</t>
+  </si>
+  <si>
+    <t>計装システム・ヒューマンシステム</t>
+  </si>
+  <si>
+    <t>III. 核分裂工学</t>
+  </si>
+  <si>
+    <t>高橋</t>
+  </si>
+  <si>
+    <t>信</t>
+  </si>
+  <si>
+    <t>東北大</t>
+  </si>
+  <si>
+    <t>1D01-05</t>
+  </si>
+  <si>
+    <t>不確かさ評価</t>
+  </si>
+  <si>
+    <t>301-1 炉物理，核データの利用，臨界安全</t>
+  </si>
+  <si>
+    <t>10:00</t>
+  </si>
+  <si>
+    <t>D会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室A4</t>
+  </si>
+  <si>
+    <t>渡邉</t>
+  </si>
+  <si>
+    <t>友章</t>
+  </si>
+  <si>
+    <t>1D06-08</t>
+  </si>
+  <si>
+    <t>解析コード開発</t>
+  </si>
+  <si>
+    <t>16:55</t>
+  </si>
+  <si>
+    <t>千葉</t>
+  </si>
+  <si>
+    <t>豪</t>
+  </si>
+  <si>
+    <t>1D09-12</t>
+  </si>
+  <si>
+    <t>断面積ライブラリ整備</t>
+  </si>
+  <si>
+    <t>18:05</t>
+  </si>
+  <si>
+    <t>達也</t>
+  </si>
+  <si>
+    <t>2D01-04</t>
+  </si>
+  <si>
+    <t>マルチフィジックス</t>
+  </si>
+  <si>
+    <t>相澤</t>
+  </si>
+  <si>
+    <t>直人</t>
+  </si>
+  <si>
+    <t>2D05-08</t>
+  </si>
+  <si>
+    <t>核データ検証</t>
+  </si>
+  <si>
+    <t>鈴木</t>
+  </si>
+  <si>
+    <t>求</t>
+  </si>
+  <si>
+    <t>2D09-13</t>
+  </si>
+  <si>
+    <t>解析手法1</t>
+  </si>
+  <si>
+    <t>16:10</t>
+  </si>
+  <si>
+    <t>近藤</t>
+  </si>
+  <si>
+    <t>諒一</t>
+  </si>
+  <si>
+    <t>2D14-18</t>
+  </si>
+  <si>
+    <t>解析手法2</t>
+  </si>
+  <si>
+    <t>17:35</t>
+  </si>
+  <si>
+    <t>辻田</t>
+  </si>
+  <si>
+    <t>浩介</t>
+  </si>
+  <si>
+    <t>福井大</t>
+  </si>
+  <si>
+    <t>2D19-22</t>
+  </si>
+  <si>
+    <t>炉雑音解析</t>
+  </si>
+  <si>
+    <t>和田</t>
+  </si>
+  <si>
+    <t>怜志</t>
+  </si>
+  <si>
+    <t>東芝ESS</t>
+  </si>
+  <si>
+    <t>3D01-03</t>
+  </si>
+  <si>
+    <t>高温ガス炉解析</t>
+  </si>
+  <si>
+    <t>10:35</t>
+  </si>
+  <si>
+    <t>後藤</t>
+  </si>
+  <si>
+    <t>実</t>
+  </si>
+  <si>
+    <t>3D04-08</t>
+  </si>
+  <si>
+    <t>臨界実験</t>
+  </si>
+  <si>
+    <t>福島</t>
+  </si>
+  <si>
+    <t>昌宏</t>
+  </si>
+  <si>
+    <t>3D09-14</t>
+  </si>
+  <si>
+    <t>安全性評価・炉心核特性改善</t>
+  </si>
+  <si>
+    <t>佐野</t>
+  </si>
+  <si>
+    <t>忠史</t>
+  </si>
+  <si>
+    <t>近大</t>
+  </si>
+  <si>
+    <t>1E01-02</t>
+  </si>
+  <si>
+    <t>ADS・溶融塩炉設計</t>
+  </si>
+  <si>
+    <t>301-2 炉設計と炉型戦略，核変換技術</t>
+  </si>
+  <si>
+    <t>10:20</t>
+  </si>
+  <si>
+    <t>E会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室B1+B2</t>
+  </si>
+  <si>
+    <t>西原</t>
+  </si>
+  <si>
+    <t>健司</t>
+  </si>
+  <si>
+    <t>1E03-06</t>
+  </si>
+  <si>
+    <t>高速炉設計</t>
+  </si>
+  <si>
+    <t>一紀</t>
+  </si>
+  <si>
+    <t>1E07-09</t>
+  </si>
+  <si>
+    <t>RI製造</t>
+  </si>
+  <si>
+    <t>郡司</t>
+  </si>
+  <si>
+    <t>智</t>
+  </si>
+  <si>
+    <t>1E10-15</t>
+  </si>
+  <si>
+    <t>浮体式原子炉・月面炉設計</t>
+  </si>
+  <si>
+    <t>18:40</t>
+  </si>
+  <si>
+    <t>浪園</t>
+  </si>
+  <si>
+    <t>真一</t>
+  </si>
+  <si>
+    <t>GNF-J</t>
+  </si>
+  <si>
+    <t>2E01-04</t>
+  </si>
+  <si>
+    <t>Na冷却高速炉1</t>
+  </si>
+  <si>
+    <t>302-1 新型炉システム</t>
+  </si>
+  <si>
+    <t>10:45</t>
+  </si>
+  <si>
+    <t>浜瀬</t>
+  </si>
+  <si>
+    <t>枝里菜</t>
+  </si>
+  <si>
+    <t>2E05-08</t>
+  </si>
+  <si>
+    <t>Na冷却高速炉2</t>
+  </si>
+  <si>
+    <t>堂田</t>
+  </si>
+  <si>
+    <t>哲広</t>
+  </si>
+  <si>
+    <t>2E09-12</t>
+  </si>
+  <si>
+    <t>SMR、溶融塩炉、ADS</t>
+  </si>
+  <si>
+    <t>岡村</t>
+  </si>
+  <si>
+    <t>知拓</t>
+  </si>
+  <si>
+    <t>2E13-16</t>
+  </si>
+  <si>
+    <t>核燃料サイクル</t>
+  </si>
+  <si>
+    <t>17:15</t>
+  </si>
+  <si>
+    <t>2E17-20</t>
+  </si>
+  <si>
+    <t>ガス炉</t>
+  </si>
+  <si>
+    <t>島田</t>
+  </si>
+  <si>
+    <t>1C01-06</t>
+  </si>
+  <si>
+    <t>数値シミュレーション</t>
+  </si>
+  <si>
+    <t>304-1 伝熱・流動（エネルギー変換・輸送・貯蔵を含む）</t>
+  </si>
+  <si>
+    <t>C会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室A3</t>
+  </si>
+  <si>
+    <t>山下</t>
+  </si>
+  <si>
+    <t>晋</t>
+  </si>
+  <si>
+    <t>1C07-11</t>
+  </si>
+  <si>
+    <t>実験・計測1</t>
+  </si>
+  <si>
+    <t>新井</t>
+  </si>
+  <si>
+    <t>崇洋</t>
+  </si>
+  <si>
+    <t>1C12-15</t>
+  </si>
+  <si>
+    <t>実験・計測2</t>
+  </si>
+  <si>
+    <t>大川</t>
+  </si>
+  <si>
+    <t>富雄</t>
+  </si>
+  <si>
+    <t>電通大</t>
+  </si>
+  <si>
+    <t>2C01-03</t>
+  </si>
+  <si>
+    <t>高速炉熱流動</t>
+  </si>
+  <si>
+    <t>伊藤</t>
+  </si>
+  <si>
+    <t>啓</t>
+  </si>
+  <si>
+    <t>2C04-07</t>
+  </si>
+  <si>
+    <t>水蒸気爆発</t>
+  </si>
+  <si>
+    <t>吉田</t>
+  </si>
+  <si>
+    <t>啓之</t>
+  </si>
+  <si>
+    <t>2C08-14</t>
+  </si>
+  <si>
+    <t>DNB</t>
+  </si>
+  <si>
+    <t>16:45</t>
+  </si>
+  <si>
+    <t>劉</t>
+  </si>
+  <si>
+    <t>維</t>
+  </si>
+  <si>
+    <t>2C15-19</t>
+  </si>
+  <si>
+    <t>AI・機械学習</t>
+  </si>
+  <si>
+    <t>18:10</t>
+  </si>
+  <si>
+    <t>上澤</t>
+  </si>
+  <si>
+    <t>伸一郎</t>
+  </si>
+  <si>
+    <t>3C01-05</t>
+  </si>
+  <si>
+    <t>解析コード妥当性確認</t>
+  </si>
+  <si>
+    <t>11:10</t>
+  </si>
+  <si>
+    <t>歌野原</t>
+  </si>
+  <si>
+    <t>陽一</t>
+  </si>
+  <si>
+    <t>公立小松大</t>
+  </si>
+  <si>
+    <t>3C06-08</t>
+  </si>
+  <si>
+    <t>事故時プラント挙動</t>
+  </si>
+  <si>
+    <t>堀田</t>
+  </si>
+  <si>
+    <t>亮年</t>
+  </si>
+  <si>
+    <t>東電HD</t>
+  </si>
+  <si>
+    <t>3C09-13</t>
+  </si>
+  <si>
+    <t>1F事故シミュレーション</t>
+  </si>
+  <si>
+    <t>16:05</t>
+  </si>
+  <si>
+    <t>小城</t>
+  </si>
+  <si>
+    <t>烈</t>
+  </si>
+  <si>
+    <t>規制庁</t>
+  </si>
+  <si>
+    <t>1H01-05</t>
+  </si>
+  <si>
+    <t>若手セッション</t>
+  </si>
+  <si>
+    <t>305-1 計算科学技術</t>
+  </si>
+  <si>
+    <t>H会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室D</t>
+  </si>
+  <si>
+    <t>1H06-07</t>
+  </si>
+  <si>
+    <t>シミュレーションの手法開発</t>
+  </si>
+  <si>
+    <t>1H08-12</t>
+  </si>
+  <si>
+    <t>シミュレーションの応用</t>
+  </si>
+  <si>
+    <t>17:20</t>
+  </si>
+  <si>
+    <t>奥村</t>
+  </si>
+  <si>
+    <t>雅彦</t>
+  </si>
+  <si>
+    <t>1H13-16</t>
+  </si>
+  <si>
+    <t>機械学習</t>
+  </si>
+  <si>
+    <t>18:25</t>
+  </si>
+  <si>
+    <t>板倉</t>
+  </si>
+  <si>
+    <t>充洋</t>
+  </si>
+  <si>
+    <t>2H01-02</t>
+  </si>
+  <si>
+    <t>使用済燃料キャスクの安全設計と安全評価</t>
+  </si>
+  <si>
+    <t>IV. 原子力プラント技術</t>
+  </si>
+  <si>
+    <t>401-1 原子炉機器，輸送容器・貯蔵設備の設計と製造</t>
+  </si>
+  <si>
+    <t>10:05</t>
+  </si>
+  <si>
+    <t>大輔</t>
+  </si>
+  <si>
+    <t>2H07-09</t>
+  </si>
+  <si>
+    <t>原子炉の運転管理・点検保守における安全性と信頼性向上</t>
+  </si>
+  <si>
+    <t>401-2 原子炉の運転管理と点検保守</t>
+  </si>
+  <si>
+    <t>小松</t>
+  </si>
+  <si>
+    <t>滋</t>
+  </si>
+  <si>
+    <t>J-POWER</t>
+  </si>
+  <si>
+    <t>2H10-14</t>
+  </si>
+  <si>
+    <t>原子炉構造材料の健全性評価と力学的挙動の把握</t>
+  </si>
+  <si>
+    <t>17:05</t>
+  </si>
+  <si>
+    <t>田村</t>
+  </si>
+  <si>
+    <t>2H03-06</t>
+  </si>
+  <si>
+    <t>原子力プラントにおける安全設計と健全性評価</t>
+  </si>
+  <si>
+    <t>401-3 原子炉設計，原子力発電所の建設と検査，耐震性，原子力船</t>
+  </si>
+  <si>
+    <t>11:55</t>
+  </si>
+  <si>
+    <t>小形</t>
+  </si>
+  <si>
+    <t>原電</t>
+  </si>
+  <si>
+    <t>3H01-04</t>
+  </si>
+  <si>
+    <t>エアロゾル</t>
+  </si>
+  <si>
+    <t>402-1 原子力安全工学（安全設計，安全評価，マネジメント）</t>
+  </si>
+  <si>
+    <t>明紀</t>
+  </si>
+  <si>
+    <t>日立</t>
+  </si>
+  <si>
+    <t>3H05-08</t>
+  </si>
+  <si>
+    <t>異常・事故状況の把握</t>
+  </si>
+  <si>
+    <t>佐藤</t>
+  </si>
+  <si>
+    <t>1M01-06</t>
+  </si>
+  <si>
+    <t>プラント評価</t>
+  </si>
+  <si>
+    <t>403-1 リスク評価技術とリスク活用</t>
+  </si>
+  <si>
+    <t>M会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール6F　会議室601+602</t>
+  </si>
+  <si>
+    <t>倉本</t>
+  </si>
+  <si>
+    <t>孝弘</t>
+  </si>
+  <si>
+    <t>原子力エンジ</t>
+  </si>
+  <si>
+    <t>1M07-11</t>
+  </si>
+  <si>
+    <t>地震PRA</t>
+  </si>
+  <si>
+    <t>成川</t>
+  </si>
+  <si>
+    <t>隆文</t>
+  </si>
+  <si>
+    <t>1M12-16</t>
+  </si>
+  <si>
+    <t>外的事象</t>
+  </si>
+  <si>
+    <t>張</t>
+  </si>
+  <si>
+    <t>承賢</t>
+  </si>
+  <si>
+    <t>2M01-04</t>
+  </si>
+  <si>
+    <t>リスク評価1</t>
+  </si>
+  <si>
+    <t>09:35</t>
+  </si>
+  <si>
+    <t>牟田</t>
+  </si>
+  <si>
+    <t>仁</t>
+  </si>
+  <si>
+    <t>東京都市大</t>
+  </si>
+  <si>
+    <t>2M05-08</t>
+  </si>
+  <si>
+    <t>リスク評価2</t>
+  </si>
+  <si>
+    <t>氏田</t>
+  </si>
+  <si>
+    <t>博士</t>
+  </si>
+  <si>
+    <t>環境安全学研</t>
+  </si>
+  <si>
+    <t>2M09-11</t>
+  </si>
+  <si>
+    <t>不確かさ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">竹田 </t>
+  </si>
+  <si>
+    <t>敏</t>
+  </si>
+  <si>
+    <t>阪大</t>
+  </si>
+  <si>
+    <t>3I01-05</t>
+  </si>
+  <si>
+    <t>核燃料、FP基礎物性</t>
+  </si>
+  <si>
+    <t>V. 核燃料サイクルと材料</t>
+  </si>
+  <si>
+    <t>501-1 基礎物性</t>
+  </si>
+  <si>
+    <t>I会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室E</t>
+  </si>
+  <si>
+    <t>浩明</t>
+  </si>
+  <si>
+    <t>3I06-09</t>
+  </si>
+  <si>
+    <t>核燃料サイクル、制御棒開発、炉心設計、事故耐性燃料(ATF)開発</t>
+  </si>
+  <si>
+    <t>関口</t>
+  </si>
+  <si>
+    <t>裕真</t>
+  </si>
+  <si>
+    <t>3I10-13</t>
+  </si>
+  <si>
+    <t>廃炉技術</t>
+  </si>
+  <si>
+    <t>大石</t>
+  </si>
+  <si>
+    <t>佑治</t>
+  </si>
+  <si>
+    <t>2I09-13</t>
+  </si>
+  <si>
+    <t>FP放出、小型モジュール炉、高温ガス炉、高速炉</t>
+  </si>
+  <si>
+    <t>501-2 核燃料とその照射挙動</t>
+  </si>
+  <si>
+    <t>廣岡</t>
+  </si>
+  <si>
+    <t>瞬</t>
+  </si>
+  <si>
+    <t>2I14-18</t>
+  </si>
+  <si>
+    <t>MOX燃料製造、物性、照射挙動</t>
+  </si>
+  <si>
+    <t>Sun</t>
+  </si>
+  <si>
+    <t>Yifan</t>
+  </si>
+  <si>
+    <t>2I19-23</t>
+  </si>
+  <si>
+    <t>データ科学との融合による核燃料研究の新展開</t>
+  </si>
+  <si>
+    <t>19:00</t>
+  </si>
+  <si>
+    <t>遠藤</t>
+  </si>
+  <si>
+    <t>洋一</t>
+  </si>
+  <si>
+    <t>NFD</t>
+  </si>
+  <si>
+    <t>1I01-04</t>
+  </si>
+  <si>
+    <t>圧力容器鋼1</t>
+  </si>
+  <si>
+    <t>502-1 原子炉材料，環境劣化，照射効果，評価・分析技術</t>
+  </si>
+  <si>
+    <t>10:40</t>
+  </si>
+  <si>
+    <t>永井</t>
+  </si>
+  <si>
+    <t>康介</t>
+  </si>
+  <si>
+    <t>1I05-07</t>
+  </si>
+  <si>
+    <t>圧力容器鋼２</t>
+  </si>
+  <si>
+    <t>松川</t>
+  </si>
+  <si>
+    <t>義孝</t>
+  </si>
+  <si>
+    <t>熊本大</t>
+  </si>
+  <si>
+    <t>1I08-11</t>
+  </si>
+  <si>
+    <t>照射効果1</t>
+  </si>
+  <si>
+    <t>17:10</t>
+  </si>
+  <si>
+    <t>英雄</t>
+  </si>
+  <si>
+    <t>1I12-15</t>
+  </si>
+  <si>
+    <t>照射効果2</t>
+  </si>
+  <si>
+    <t>18:20</t>
+  </si>
+  <si>
+    <t>藤井</t>
+  </si>
+  <si>
+    <t>克彦</t>
+  </si>
+  <si>
+    <t>1I16-17</t>
+  </si>
+  <si>
+    <t>応力腐食割れ</t>
+  </si>
+  <si>
+    <t>18:55</t>
+  </si>
+  <si>
+    <t>山本</t>
+  </si>
+  <si>
+    <t>知一</t>
+  </si>
+  <si>
+    <t>2I01-05</t>
+  </si>
+  <si>
+    <t>原子炉材料</t>
+  </si>
+  <si>
+    <t>11:05</t>
+  </si>
+  <si>
+    <t>中村</t>
+  </si>
+  <si>
+    <t>勤也</t>
+  </si>
+  <si>
+    <t>2I06-08</t>
+  </si>
+  <si>
+    <t>被覆管材料</t>
+  </si>
+  <si>
+    <t>大久保</t>
+  </si>
+  <si>
+    <t>成彰</t>
+  </si>
+  <si>
+    <t>1F01-04</t>
+  </si>
+  <si>
+    <t>水質管理、除染、FAC</t>
+  </si>
+  <si>
+    <t>503-1 原子炉化学，放射線化学，腐食化学，水質管理</t>
+  </si>
+  <si>
+    <t>山崎</t>
+  </si>
+  <si>
+    <t>樂</t>
+  </si>
+  <si>
+    <t>1F05-08</t>
+  </si>
+  <si>
+    <t>溶融塩腐食、液膜腐食、MIC</t>
+  </si>
+  <si>
+    <t>細川</t>
+  </si>
+  <si>
+    <t>秀幸</t>
+  </si>
+  <si>
+    <t>1F09-11</t>
+  </si>
+  <si>
+    <t>ラジオリシスと腐食</t>
+  </si>
+  <si>
+    <t>上野</t>
+  </si>
+  <si>
+    <t>文義</t>
+  </si>
+  <si>
+    <t>2M12-14</t>
+  </si>
+  <si>
+    <t>同位体分析・分離</t>
+  </si>
+  <si>
+    <t>504-1 同位体分離，同位体応用，ウラン濃縮，核種・同位体分析</t>
+  </si>
+  <si>
+    <t>岩田</t>
+  </si>
+  <si>
+    <t>圭弘</t>
+  </si>
+  <si>
+    <t>2M15-18</t>
+  </si>
+  <si>
+    <t>錯体化学</t>
+  </si>
+  <si>
+    <t>504-2 核化学，放射化学，分析化学，アクチノイドの化学</t>
+  </si>
+  <si>
+    <t>17:45</t>
+  </si>
+  <si>
+    <t>佐々木</t>
+  </si>
+  <si>
+    <t>祐二</t>
+  </si>
+  <si>
+    <t>2M19-22</t>
+  </si>
+  <si>
+    <t>アクチノイド化学・分析化学</t>
+  </si>
+  <si>
+    <t>日下</t>
+  </si>
+  <si>
+    <t>良二</t>
+  </si>
+  <si>
+    <t>3M01-02</t>
+  </si>
+  <si>
+    <t>湿式技術</t>
+  </si>
+  <si>
+    <t>504-3 燃料再処理</t>
+  </si>
+  <si>
+    <t>鷹尾</t>
+  </si>
+  <si>
+    <t>康一朗</t>
+  </si>
+  <si>
+    <t>3M03-09</t>
+  </si>
+  <si>
+    <t>燃料サイクル研究</t>
+  </si>
+  <si>
+    <t>村上</t>
+  </si>
+  <si>
+    <t>毅</t>
+  </si>
+  <si>
+    <t>3M10-11</t>
+  </si>
+  <si>
+    <t>湿式再処理</t>
+  </si>
+  <si>
+    <t>15:20</t>
+  </si>
+  <si>
+    <t>竹下</t>
+  </si>
+  <si>
+    <t>健二</t>
+  </si>
+  <si>
+    <t>東京科学大学</t>
+  </si>
+  <si>
+    <t>3M12-15</t>
+  </si>
+  <si>
+    <t>再処理施設安全性</t>
+  </si>
+  <si>
+    <t>飯塚</t>
+  </si>
+  <si>
+    <t>政利</t>
+  </si>
+  <si>
+    <t>1A01-03</t>
+  </si>
+  <si>
+    <t>吸着分離</t>
+  </si>
+  <si>
+    <t>505-1 放射性廃棄物処理</t>
+  </si>
+  <si>
+    <t>A会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室A1</t>
+  </si>
+  <si>
+    <t>桜木</t>
+  </si>
+  <si>
+    <t>智史</t>
+  </si>
+  <si>
+    <t>原環セ</t>
+  </si>
+  <si>
+    <t>1A04-07</t>
+  </si>
+  <si>
+    <t>ガラス固化</t>
+  </si>
+  <si>
+    <t>長田</t>
+  </si>
+  <si>
+    <t>柊平</t>
+  </si>
+  <si>
+    <t>NUMO</t>
+  </si>
+  <si>
+    <t>1A08-11</t>
+  </si>
+  <si>
+    <t>1F廃棄物</t>
+  </si>
+  <si>
+    <t>崇之</t>
+  </si>
+  <si>
+    <t>1A12-15</t>
+  </si>
+  <si>
+    <t>1Fジオポリマー利用</t>
+  </si>
+  <si>
+    <t>足立</t>
+  </si>
+  <si>
+    <t>栄希</t>
+  </si>
+  <si>
+    <t>富士電機</t>
+  </si>
+  <si>
+    <t>2A01-05</t>
+  </si>
+  <si>
+    <t>デブリ・酸化物1</t>
+  </si>
+  <si>
+    <t>宇留賀</t>
+  </si>
+  <si>
+    <t>和義</t>
+  </si>
+  <si>
+    <t>2A06-09</t>
+  </si>
+  <si>
+    <t>デブリ・酸化物2</t>
+  </si>
+  <si>
+    <t>平木</t>
+  </si>
+  <si>
+    <t>2A10-12</t>
+  </si>
+  <si>
+    <t>セメント・ジオポリマー</t>
+  </si>
+  <si>
+    <t>15:35</t>
+  </si>
+  <si>
+    <t>エラクネス</t>
+  </si>
+  <si>
+    <t>ヨガラジャ</t>
+  </si>
+  <si>
+    <t>2A13-17</t>
+  </si>
+  <si>
+    <t>廃棄物処理1</t>
+  </si>
+  <si>
+    <t>三輪</t>
+  </si>
+  <si>
+    <t>周平</t>
+  </si>
+  <si>
+    <t>2A18-21</t>
+  </si>
+  <si>
+    <t>廃棄物処理2</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>北垣</t>
+  </si>
+  <si>
+    <t>徹</t>
+  </si>
+  <si>
+    <t>2B01-06</t>
+  </si>
+  <si>
+    <t>ベントナイト</t>
+  </si>
+  <si>
+    <t>505-2 放射性廃棄物処分と環境</t>
+  </si>
+  <si>
+    <t>11:15</t>
+  </si>
+  <si>
+    <t>B会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室A2</t>
+  </si>
+  <si>
+    <t>山田</t>
+  </si>
+  <si>
+    <t>淳夫</t>
+  </si>
+  <si>
+    <t>2B07-08</t>
+  </si>
+  <si>
+    <t>高レベル放射性廃液</t>
+  </si>
+  <si>
+    <t>木下</t>
+  </si>
+  <si>
+    <t>哲一</t>
+  </si>
+  <si>
+    <t>清水建設</t>
+  </si>
+  <si>
+    <t>2B09-13</t>
+  </si>
+  <si>
+    <t>化学分析</t>
+  </si>
+  <si>
+    <t>出光</t>
+  </si>
+  <si>
+    <t>一哉</t>
+  </si>
+  <si>
+    <t>2B14-16</t>
+  </si>
+  <si>
+    <t>シミュレーション1</t>
+  </si>
+  <si>
+    <t>若杉</t>
+  </si>
+  <si>
+    <t>圭一郎</t>
+  </si>
+  <si>
+    <t>東海大</t>
+  </si>
+  <si>
+    <t>2B17-20</t>
+  </si>
+  <si>
+    <t>シミュレーション2</t>
+  </si>
+  <si>
+    <t>18:15</t>
+  </si>
+  <si>
+    <t>中林</t>
+  </si>
+  <si>
+    <t>亮</t>
+  </si>
+  <si>
+    <t>3B01-05</t>
+  </si>
+  <si>
+    <t>セメント</t>
+  </si>
+  <si>
     <t>11:00</t>
   </si>
   <si>
-    <t>A会場</t>
-[...140 lines deleted...]
-    <t>10:40</t>
+    <t>田窪</t>
+  </si>
+  <si>
+    <t>勇作</t>
+  </si>
+  <si>
+    <t>3B06-08</t>
+  </si>
+  <si>
+    <t>廃棄物・廃棄体</t>
+  </si>
+  <si>
+    <t>湊</t>
+  </si>
+  <si>
+    <t>3B09-13</t>
+  </si>
+  <si>
+    <t>処分場設計</t>
+  </si>
+  <si>
+    <t>藤原</t>
+  </si>
+  <si>
+    <t>健壮</t>
+  </si>
+  <si>
+    <t>1B01-07</t>
+  </si>
+  <si>
+    <t>福島第一原子力発電所1</t>
+  </si>
+  <si>
+    <t>505-3 原子力施設の廃止措置技術</t>
+  </si>
+  <si>
+    <t>齋藤</t>
+  </si>
+  <si>
+    <t>1B08-12</t>
+  </si>
+  <si>
+    <t>福島第一原子力発電所2</t>
+  </si>
+  <si>
+    <t>鳥居</t>
+  </si>
+  <si>
+    <t>和敬</t>
+  </si>
+  <si>
+    <t>1B13-18</t>
+  </si>
+  <si>
+    <t>インベントリ・廃棄物</t>
+  </si>
+  <si>
+    <t>河口</t>
+  </si>
+  <si>
+    <t>宗道</t>
+  </si>
+  <si>
+    <t>3A01-04</t>
+  </si>
+  <si>
+    <t>総論、技術全般</t>
+  </si>
+  <si>
+    <t>小菅</t>
+  </si>
+  <si>
+    <t>淳</t>
+  </si>
+  <si>
+    <t>3A05-09</t>
+  </si>
+  <si>
+    <t>高速炉</t>
+  </si>
+  <si>
+    <t>井口</t>
+  </si>
+  <si>
+    <t>幸弘</t>
+  </si>
+  <si>
+    <t>2J01-06</t>
+  </si>
+  <si>
+    <t>核融合炉材料工学</t>
+  </si>
+  <si>
+    <t>VI. 核融合工学</t>
+  </si>
+  <si>
+    <t>601-2 核融合炉材料工学（炉材料，ブランケット，照射挙動）</t>
   </si>
   <si>
     <t>J会場</t>
   </si>
   <si>
-    <t>AIM3F　F展示場</t>
-[...275 lines deleted...]
-    <t>東北大</t>
+    <t>熊本城ホール3F　会議室F</t>
+  </si>
+  <si>
+    <t>濱口</t>
+  </si>
+  <si>
+    <t>大</t>
+  </si>
+  <si>
+    <t>QST</t>
+  </si>
+  <si>
+    <t>2J07-10</t>
+  </si>
+  <si>
+    <t>液体金属ブランケット工学</t>
+  </si>
+  <si>
+    <t>大塚</t>
+  </si>
+  <si>
+    <t>哲平</t>
+  </si>
+  <si>
+    <t>2J11-14</t>
+  </si>
+  <si>
+    <t>水素同位体挙動</t>
+  </si>
+  <si>
+    <t>小林</t>
+  </si>
+  <si>
+    <t>真</t>
+  </si>
+  <si>
+    <t>核融合研</t>
+  </si>
+  <si>
+    <t>1J06-10</t>
+  </si>
+  <si>
+    <t>燃料製造精製</t>
+  </si>
+  <si>
+    <t>601-3 トリチウム工学（燃料回収・精製，計測，同位体効果，安全取扱い）</t>
+  </si>
+  <si>
+    <t>増崎</t>
+  </si>
+  <si>
+    <t>貴</t>
+  </si>
+  <si>
+    <t>1J11-15</t>
+  </si>
+  <si>
+    <t>移行挙動</t>
+  </si>
+  <si>
+    <t>枝尾</t>
+  </si>
+  <si>
+    <t>祐希</t>
+  </si>
+  <si>
+    <t>1J01-05</t>
+  </si>
+  <si>
+    <t>核融合機器工学</t>
+  </si>
+  <si>
+    <t>601-4 核融合機器工学（第1壁，ダイバータ，マグネット等）</t>
+  </si>
+  <si>
+    <t>波多野</t>
+  </si>
+  <si>
+    <t>雄治</t>
   </si>
   <si>
     <t>1K01-04</t>
   </si>
   <si>
-    <t>計装システムと遠隔操作システム1</t>
-[...182 lines deleted...]
-    <t>15:30</t>
+    <t>放射線応用</t>
+  </si>
+  <si>
+    <t>VII. 保健物理と環境科学</t>
+  </si>
+  <si>
+    <t>英史</t>
+  </si>
+  <si>
+    <t>1K05-07</t>
+  </si>
+  <si>
+    <t>除染と生物影響</t>
+  </si>
+  <si>
+    <t>砂川</t>
+  </si>
+  <si>
+    <t>武義</t>
+  </si>
+  <si>
+    <t>福井工大</t>
+  </si>
+  <si>
+    <t>1K08-11</t>
+  </si>
+  <si>
+    <t>放射線の安全管理と測定</t>
+  </si>
+  <si>
+    <t>片岡</t>
+  </si>
+  <si>
+    <t>憲昭</t>
+  </si>
+  <si>
+    <t>都産技研</t>
+  </si>
+  <si>
+    <t>1K12-14</t>
+  </si>
+  <si>
+    <t>放射線計測1</t>
+  </si>
+  <si>
+    <t>17:55</t>
+  </si>
+  <si>
+    <t>晴康</t>
+  </si>
+  <si>
+    <t>1K15-18</t>
+  </si>
+  <si>
+    <t>放射線計測2</t>
+  </si>
+  <si>
+    <t>大樹</t>
+  </si>
+  <si>
+    <t>2K01-04</t>
+  </si>
+  <si>
+    <t>放射能測定</t>
+  </si>
+  <si>
+    <t>真辺</t>
+  </si>
+  <si>
+    <t>健太郎</t>
+  </si>
+  <si>
+    <t>2K05-07</t>
+  </si>
+  <si>
+    <t>内部被ばくと緊急時対応</t>
+  </si>
+  <si>
+    <t>寺田</t>
+  </si>
+  <si>
+    <t>宏明</t>
+  </si>
+  <si>
+    <t>3J01-02</t>
+  </si>
+  <si>
+    <t>光核反応核物質検知（制動放射X線）</t>
+  </si>
+  <si>
+    <t>VIII. 核不拡散・保障措置・核セキュリティ</t>
+  </si>
+  <si>
+    <t>801-2 核不拡散・保障措置・核セキュリティ技術</t>
   </si>
   <si>
     <t>礼</t>
   </si>
   <si>
-    <t>2K07-09</t>
-[...1700 lines deleted...]
-    <t>1H01-05</t>
+    <t>3J03-07</t>
   </si>
   <si>
     <t>核不拡散・核セキュリティ</t>
   </si>
   <si>
-    <t>VIII. 核不拡散・保障措置・核セキュリティ</t>
-[...2 lines deleted...]
-    <t>801-2 核不拡散・保障措置・核セキュリティ技術</t>
+    <t>弘中</t>
+  </si>
+  <si>
+    <t>浩太</t>
+  </si>
+  <si>
+    <t>3J08-10</t>
+  </si>
+  <si>
+    <t>核物質監視・計量管理測定</t>
+  </si>
+  <si>
+    <t>3J11-13</t>
+  </si>
+  <si>
+    <t>核検知測定</t>
   </si>
   <si>
     <t>祥紀</t>
   </si>
   <si>
     <t>座長姓</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>座長名</t>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>座長所属</t>
     <rPh sb="0" eb="2">
       <t>ザチョウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ショゾク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
@@ -2456,113 +2111,132 @@
       <t>カイシ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>終了</t>
     <rPh sb="0" eb="2">
       <t>シュウリョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>区分</t>
     <rPh sb="0" eb="2">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>専門分野</t>
     <rPh sb="0" eb="4">
       <t>センモンブンヤ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
+  <si>
+    <t>土井</t>
+  </si>
+  <si>
+    <t>晶</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -2572,54 +2246,56 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="ハイパーリンク" xfId="3" builtinId="8" hidden="1"/>
     <cellStyle name="ハイパーリンク" xfId="5" builtinId="8" hidden="1"/>
     <cellStyle name="ハイパーリンク" xfId="7" builtinId="8" hidden="1"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="表示済みのハイパーリンク" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="表示済みのハイパーリンク" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="表示済みのハイパーリンク" xfId="8" builtinId="9" hidden="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2892,6324 +2568,5186 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L164"/>
+  <dimension ref="A1:L134"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="D13" sqref="D13"/>
+      <selection activeCell="N27" sqref="N27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="2" width="9.25" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="17.25" customWidth="1"/>
+    <col min="1" max="2" width="8.25" customWidth="1"/>
+    <col min="3" max="3" width="12.25" customWidth="1"/>
+    <col min="4" max="4" width="11.375" customWidth="1"/>
+    <col min="5" max="5" width="7.625" customWidth="1"/>
+    <col min="6" max="6" width="18.125" customWidth="1"/>
     <col min="7" max="7" width="13.875" customWidth="1"/>
-    <col min="8" max="9" width="6.125" customWidth="1"/>
+    <col min="8" max="9" width="6.375" customWidth="1"/>
+    <col min="12" max="12" width="19.625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A1" s="2" t="s">
-        <v>789</v>
+        <v>674</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>790</v>
+        <v>675</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>791</v>
+        <v>676</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>792</v>
+        <v>677</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>793</v>
+        <v>678</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>794</v>
+        <v>679</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>795</v>
+        <v>680</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>796</v>
+        <v>681</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A2" s="1" t="s">
-        <v>13</v>
+        <v>503</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>14</v>
+        <v>504</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>15</v>
+        <v>505</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>5</v>
+        <v>498</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>6</v>
+        <v>499</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A3" s="1" t="s">
-        <v>19</v>
+        <v>508</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>20</v>
+        <v>509</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>21</v>
+        <v>510</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>16</v>
+        <v>506</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>17</v>
+        <v>507</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A4" s="1" t="s">
-        <v>26</v>
+        <v>421</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>27</v>
+        <v>513</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>22</v>
+        <v>511</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>25</v>
+        <v>339</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>23</v>
+        <v>512</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A5" s="1" t="s">
-        <v>32</v>
+        <v>516</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>33</v>
+        <v>517</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>28</v>
+        <v>518</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>29</v>
+        <v>514</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>25</v>
+        <v>339</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>288</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>30</v>
+        <v>515</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A6" s="1" t="s">
-        <v>39</v>
+        <v>521</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>40</v>
+        <v>522</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>34</v>
+        <v>519</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>35</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A7" s="1" t="s">
-        <v>45</v>
+        <v>525</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>42</v>
+        <v>523</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>344</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>43</v>
+        <v>524</v>
       </c>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A8" s="1" t="s">
-        <v>52</v>
+        <v>529</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>530</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>48</v>
+        <v>526</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>12</v>
+        <v>502</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>528</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>7</v>
+        <v>389</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>49</v>
+        <v>527</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A9" s="1" t="s">
-        <v>201</v>
+        <v>533</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>513</v>
+        <v>534</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>514</v>
+        <v>72</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>508</v>
+        <v>531</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>368</v>
+        <v>528</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>38</v>
+        <v>171</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>509</v>
+        <v>532</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A10" s="1" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>247</v>
+        <v>539</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>38</v>
+        <v>171</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>18</v>
+        <v>537</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A11" s="1" t="s">
-        <v>537</v>
+        <v>593</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>538</v>
+        <v>594</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>539</v>
+        <v>72</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>535</v>
+        <v>591</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>260</v>
+        <v>420</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>510</v>
+        <v>581</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>536</v>
+        <v>592</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A12" s="1" t="s">
-        <v>547</v>
+        <v>597</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>548</v>
+        <v>598</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>124</v>
+        <v>196</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>260</v>
+        <v>420</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>546</v>
+        <v>38</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>510</v>
+        <v>581</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>545</v>
+        <v>596</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A13" s="1" t="s">
-        <v>555</v>
+        <v>582</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>553</v>
+        <v>579</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>546</v>
+        <v>31</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>316</v>
+        <v>48</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>510</v>
+        <v>581</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>554</v>
+        <v>580</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A14" s="1" t="s">
-        <v>183</v>
+        <v>585</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>152</v>
+        <v>552</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>558</v>
+        <v>583</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>368</v>
+        <v>57</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>510</v>
+        <v>581</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>559</v>
+        <v>584</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A15" s="1" t="s">
-        <v>565</v>
+        <v>589</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>566</v>
+        <v>590</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>18</v>
+        <v>413</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>510</v>
+        <v>581</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>564</v>
+        <v>588</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A16" s="1" t="s">
-        <v>574</v>
+        <v>546</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>575</v>
+        <v>547</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>180</v>
+        <v>95</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>571</v>
+        <v>540</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>573</v>
+        <v>543</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>572</v>
+        <v>541</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A17" s="1" t="s">
-        <v>178</v>
+        <v>550</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>578</v>
+        <v>551</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>514</v>
+        <v>552</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>576</v>
+        <v>548</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>573</v>
+        <v>543</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>500</v>
+        <v>344</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>577</v>
+        <v>549</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A18" s="1" t="s">
-        <v>582</v>
+        <v>555</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>583</v>
+        <v>556</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>500</v>
+        <v>9</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>581</v>
+        <v>188</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>580</v>
+        <v>554</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A19" s="1" t="s">
-        <v>587</v>
+        <v>559</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>588</v>
+        <v>560</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>102</v>
+        <v>561</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>584</v>
+        <v>557</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>586</v>
+        <v>188</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>38</v>
+        <v>339</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>585</v>
+        <v>558</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A20" s="1" t="s">
-        <v>591</v>
+        <v>565</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>592</v>
+        <v>566</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>589</v>
+        <v>562</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>38</v>
+        <v>339</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>18</v>
+        <v>564</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>590</v>
+        <v>563</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A21" s="1" t="s">
-        <v>595</v>
+        <v>570</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>596</v>
+        <v>571</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>102</v>
+        <v>510</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>593</v>
+        <v>567</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>69</v>
+        <v>569</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>594</v>
+        <v>568</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A22" s="1" t="s">
-        <v>520</v>
+        <v>574</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>521</v>
+        <v>330</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>522</v>
+        <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>515</v>
+        <v>572</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>518</v>
+        <v>544</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>519</v>
+        <v>545</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>357</v>
+        <v>569</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>517</v>
+        <v>344</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>516</v>
+        <v>573</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A23" s="1" t="s">
-        <v>528</v>
+        <v>577</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>529</v>
+        <v>578</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>530</v>
+        <v>72</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>526</v>
+        <v>575</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>518</v>
+        <v>544</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>519</v>
+        <v>545</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>517</v>
+        <v>9</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>18</v>
+        <v>188</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>510</v>
+        <v>542</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>527</v>
+        <v>576</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A24" s="1" t="s">
-        <v>533</v>
+        <v>262</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>534</v>
+        <v>263</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>531</v>
+        <v>257</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>479</v>
+        <v>48</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>510</v>
+        <v>259</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>532</v>
+        <v>258</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A25" s="1" t="s">
-        <v>542</v>
+        <v>266</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>543</v>
+        <v>267</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>530</v>
+        <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>540</v>
+        <v>264</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>479</v>
+        <v>57</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>286</v>
+        <v>58</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>510</v>
+        <v>259</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>541</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A26" s="1" t="s">
-        <v>551</v>
+        <v>270</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>552</v>
+        <v>271</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>180</v>
+        <v>272</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>549</v>
+        <v>268</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>286</v>
+        <v>58</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>405</v>
+        <v>104</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>510</v>
+        <v>259</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>550</v>
+        <v>269</v>
       </c>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A27" s="1" t="s">
-        <v>420</v>
+        <v>275</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>46</v>
+        <v>276</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>557</v>
+        <v>53</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>561</v>
+        <v>273</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>517</v>
+        <v>32</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>510</v>
+        <v>259</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>562</v>
+        <v>274</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A28" s="1" t="s">
-        <v>569</v>
+        <v>279</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>570</v>
+        <v>280</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>208</v>
+        <v>72</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>567</v>
+        <v>277</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>517</v>
+        <v>32</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>510</v>
+        <v>259</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>568</v>
+        <v>278</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A29" s="1" t="s">
-        <v>675</v>
+        <v>284</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>676</v>
+        <v>285</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>208</v>
+        <v>107</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>673</v>
+        <v>281</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>165</v>
+        <v>283</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>652</v>
+        <v>259</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>674</v>
+        <v>282</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A30" s="1" t="s">
-        <v>679</v>
+        <v>289</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>680</v>
+        <v>290</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>208</v>
+        <v>72</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>677</v>
+        <v>286</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>165</v>
+        <v>283</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>652</v>
+        <v>259</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>678</v>
+        <v>287</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A31" s="1" t="s">
-        <v>687</v>
+        <v>294</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>688</v>
+        <v>295</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>180</v>
+        <v>296</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>685</v>
+        <v>291</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>10</v>
+        <v>293</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>652</v>
+        <v>259</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>686</v>
+        <v>292</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A32" s="1" t="s">
-        <v>692</v>
+        <v>299</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>693</v>
+        <v>300</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>694</v>
+        <v>301</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>689</v>
+        <v>297</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>10</v>
+        <v>293</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>691</v>
+        <v>38</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>652</v>
+        <v>259</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>690</v>
+        <v>298</v>
       </c>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A33" s="1" t="s">
-        <v>697</v>
+        <v>305</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>698</v>
+        <v>306</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>78</v>
+        <v>307</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>695</v>
+        <v>302</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>519</v>
+        <v>261</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>25</v>
+        <v>304</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>652</v>
+        <v>259</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>696</v>
+        <v>303</v>
       </c>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A34" s="1" t="s">
-        <v>461</v>
+        <v>167</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>462</v>
+        <v>168</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>458</v>
+        <v>161</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>37</v>
+        <v>164</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>133</v>
+        <v>48</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>460</v>
+        <v>163</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>459</v>
+        <v>162</v>
       </c>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A35" s="1" t="s">
-        <v>465</v>
+        <v>172</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>466</v>
+        <v>173</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>463</v>
+        <v>169</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>460</v>
+        <v>163</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>464</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A36" s="1" t="s">
-        <v>653</v>
+        <v>25</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>654</v>
+        <v>177</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>180</v>
+        <v>21</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>650</v>
+        <v>174</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>25</v>
+        <v>176</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>652</v>
+        <v>163</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>651</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A37" s="1" t="s">
-        <v>657</v>
+        <v>180</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>658</v>
+        <v>181</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>655</v>
+        <v>178</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>316</v>
+        <v>32</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>652</v>
+        <v>163</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>656</v>
+        <v>179</v>
       </c>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A38" s="1" t="s">
-        <v>661</v>
+        <v>184</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>662</v>
+        <v>185</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>180</v>
+        <v>15</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>659</v>
+        <v>182</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>652</v>
+        <v>163</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>660</v>
+        <v>183</v>
       </c>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A39" s="1" t="s">
-        <v>666</v>
+        <v>189</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>667</v>
+        <v>190</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>180</v>
+        <v>72</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>665</v>
+        <v>188</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>652</v>
+        <v>163</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>664</v>
+        <v>187</v>
       </c>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A40" s="1" t="s">
-        <v>670</v>
+        <v>194</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>671</v>
+        <v>195</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>672</v>
+        <v>196</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>668</v>
+        <v>191</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>165</v>
+        <v>193</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>652</v>
+        <v>163</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>669</v>
+        <v>192</v>
       </c>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A41" s="1" t="s">
-        <v>683</v>
+        <v>199</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>684</v>
+        <v>200</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>152</v>
+        <v>201</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>681</v>
+        <v>197</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>165</v>
+        <v>193</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>652</v>
+        <v>163</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>682</v>
+        <v>198</v>
       </c>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A42" s="1" t="s">
-        <v>447</v>
+        <v>205</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>448</v>
+        <v>206</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>442</v>
+        <v>202</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>10</v>
+        <v>204</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>444</v>
+        <v>163</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>443</v>
+        <v>203</v>
       </c>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A43" s="1" t="s">
-        <v>452</v>
+        <v>209</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>453</v>
+        <v>210</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>136</v>
+        <v>72</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>449</v>
+        <v>207</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>10</v>
+        <v>204</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>451</v>
+        <v>38</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>444</v>
+        <v>163</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>450</v>
+        <v>208</v>
       </c>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A44" s="1" t="s">
-        <v>456</v>
+        <v>213</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>457</v>
+        <v>214</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>329</v>
+        <v>215</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>454</v>
+        <v>211</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>445</v>
+        <v>165</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>444</v>
+        <v>163</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>455</v>
+        <v>212</v>
       </c>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A45" s="1" t="s">
-        <v>602</v>
+        <v>222</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>603</v>
+        <v>223</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>557</v>
+        <v>72</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>597</v>
+        <v>216</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>133</v>
+        <v>219</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>599</v>
+        <v>218</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>598</v>
+        <v>217</v>
       </c>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A46" s="1" t="s">
-        <v>606</v>
+        <v>13</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>111</v>
+        <v>226</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>180</v>
+        <v>72</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>604</v>
+        <v>224</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>133</v>
+        <v>219</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>599</v>
+        <v>218</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>605</v>
+        <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A47" s="1" t="s">
-        <v>609</v>
+        <v>229</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>180</v>
+        <v>72</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>607</v>
+        <v>227</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>599</v>
+        <v>218</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>608</v>
+        <v>228</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A48" s="1" t="s">
-        <v>533</v>
+        <v>234</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>613</v>
+        <v>235</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>614</v>
+        <v>236</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>610</v>
+        <v>231</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>612</v>
+        <v>233</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>599</v>
+        <v>218</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>611</v>
+        <v>232</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A49" s="1" t="s">
-        <v>618</v>
+        <v>241</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>619</v>
+        <v>242</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>615</v>
+        <v>237</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>617</v>
+        <v>31</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>18</v>
+        <v>240</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>599</v>
+        <v>239</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>616</v>
+        <v>238</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A50" s="1" t="s">
-        <v>622</v>
+        <v>245</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>623</v>
+        <v>246</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>620</v>
+        <v>243</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>479</v>
+        <v>38</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>599</v>
+        <v>239</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>621</v>
+        <v>244</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A51" s="1" t="s">
-        <v>533</v>
+        <v>249</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>626</v>
+        <v>250</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>627</v>
+        <v>41</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>624</v>
+        <v>247</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>479</v>
+        <v>9</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>599</v>
+        <v>239</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>625</v>
+        <v>248</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A52" s="1" t="s">
-        <v>630</v>
+        <v>222</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>631</v>
+        <v>223</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>628</v>
+        <v>251</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>316</v>
+        <v>253</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>599</v>
+        <v>239</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>629</v>
+        <v>252</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A53" s="1" t="s">
-        <v>634</v>
+        <v>256</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>635</v>
+        <v>154</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>180</v>
+        <v>53</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>632</v>
+        <v>254</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>600</v>
+        <v>220</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>601</v>
+        <v>221</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>316</v>
+        <v>253</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>81</v>
+        <v>104</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>599</v>
+        <v>239</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>633</v>
+        <v>255</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A54" s="1" t="s">
-        <v>639</v>
+        <v>454</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>640</v>
+        <v>455</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>641</v>
+        <v>15</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>636</v>
+        <v>451</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>600</v>
+        <v>86</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>601</v>
+        <v>87</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>638</v>
+        <v>112</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>599</v>
+        <v>453</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>637</v>
+        <v>452</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A55" s="1" t="s">
-        <v>644</v>
+        <v>458</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>645</v>
+        <v>459</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>28</v>
+        <v>351</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>642</v>
+        <v>456</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>600</v>
+        <v>86</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>601</v>
+        <v>87</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>638</v>
+        <v>57</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>451</v>
+        <v>430</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>599</v>
+        <v>453</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>643</v>
+        <v>457</v>
       </c>
     </row>
     <row r="56" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A56" s="1" t="s">
-        <v>648</v>
+        <v>462</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>649</v>
+        <v>463</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>646</v>
+        <v>460</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>600</v>
+        <v>86</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>601</v>
+        <v>87</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>286</v>
+        <v>176</v>
       </c>
       <c r="J56" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>599</v>
+        <v>453</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>647</v>
+        <v>461</v>
       </c>
     </row>
     <row r="57" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A57" s="1" t="s">
-        <v>472</v>
+        <v>88</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>473</v>
+        <v>89</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>467</v>
+        <v>82</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>251</v>
+        <v>31</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>469</v>
+        <v>84</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>468</v>
+        <v>83</v>
       </c>
     </row>
     <row r="58" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A58" s="1" t="s">
-        <v>334</v>
+        <v>93</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>476</v>
+        <v>94</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>180</v>
+        <v>95</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>474</v>
+        <v>91</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>469</v>
+        <v>84</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>475</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A59" s="1" t="s">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>481</v>
+        <v>101</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>477</v>
+        <v>96</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>479</v>
+        <v>99</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>469</v>
+        <v>98</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>478</v>
+        <v>97</v>
       </c>
     </row>
     <row r="60" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A60" s="1" t="s">
-        <v>484</v>
+        <v>105</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>485</v>
+        <v>106</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>482</v>
+        <v>102</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>479</v>
+        <v>99</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>469</v>
+        <v>98</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>483</v>
+        <v>103</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A61" s="1" t="s">
-        <v>489</v>
+        <v>113</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>490</v>
+        <v>114</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>486</v>
+        <v>108</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>488</v>
+        <v>110</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>487</v>
+        <v>109</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A62" s="1" t="s">
-        <v>493</v>
+        <v>117</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>494</v>
+        <v>118</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>53</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>491</v>
+        <v>115</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="I62" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="J62" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K62" s="1" t="s">
-        <v>488</v>
+        <v>110</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>492</v>
+        <v>116</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A63" s="1" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>497</v>
+        <v>124</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>495</v>
+        <v>119</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>470</v>
+        <v>86</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>471</v>
+        <v>87</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>156</v>
+        <v>122</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K63" s="1" t="s">
-        <v>488</v>
+        <v>121</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>496</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A64" s="1" t="s">
-        <v>501</v>
+        <v>51</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>502</v>
+        <v>52</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>180</v>
+        <v>53</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>498</v>
+        <v>42</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>470</v>
+        <v>49</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>156</v>
+        <v>47</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>500</v>
+        <v>48</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>488</v>
+        <v>45</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>499</v>
+        <v>43</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A65" s="1" t="s">
-        <v>506</v>
+        <v>59</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>507</v>
+        <v>60</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>470</v>
+        <v>49</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>471</v>
+        <v>50</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>500</v>
+        <v>57</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>505</v>
+        <v>58</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K65" s="1" t="s">
-        <v>488</v>
+        <v>45</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>504</v>
+        <v>56</v>
       </c>
     </row>
     <row r="66" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A66" s="1" t="s">
-        <v>376</v>
+        <v>65</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>393</v>
+        <v>66</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>136</v>
+        <v>61</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>387</v>
+        <v>62</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K66" s="1" t="s">
-        <v>390</v>
+        <v>45</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>388</v>
+        <v>63</v>
       </c>
     </row>
     <row r="67" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A67" s="1" t="s">
-        <v>397</v>
+        <v>70</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>180</v>
+        <v>72</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>394</v>
+        <v>67</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>133</v>
+        <v>69</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>396</v>
+        <v>32</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>390</v>
+        <v>45</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>395</v>
+        <v>68</v>
       </c>
     </row>
     <row r="68" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A68" s="1" t="s">
-        <v>401</v>
+        <v>75</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>402</v>
+        <v>76</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>398</v>
+        <v>73</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K68" s="1" t="s">
-        <v>400</v>
+        <v>45</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>399</v>
+        <v>74</v>
       </c>
     </row>
     <row r="69" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A69" s="1" t="s">
-        <v>406</v>
+        <v>80</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>407</v>
+        <v>81</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>403</v>
+        <v>77</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>405</v>
+        <v>79</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>400</v>
+        <v>45</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>404</v>
+        <v>78</v>
       </c>
     </row>
     <row r="70" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A70" s="1" t="s">
-        <v>410</v>
+        <v>130</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>411</v>
+        <v>131</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>408</v>
+        <v>126</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>368</v>
+        <v>79</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>38</v>
+        <v>129</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>400</v>
+        <v>128</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>409</v>
+        <v>127</v>
       </c>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A71" s="1" t="s">
-        <v>414</v>
+        <v>134</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>415</v>
+        <v>135</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>412</v>
+        <v>132</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>38</v>
+        <v>129</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>400</v>
+        <v>128</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>413</v>
+        <v>133</v>
       </c>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A72" s="1" t="s">
-        <v>420</v>
+        <v>139</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>421</v>
+        <v>140</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>422</v>
+        <v>21</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>416</v>
+        <v>136</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>419</v>
+        <v>85</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>418</v>
+        <v>138</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>417</v>
+        <v>137</v>
       </c>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A73" s="1" t="s">
-        <v>334</v>
+        <v>143</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>222</v>
+        <v>144</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>419</v>
+        <v>85</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>405</v>
+        <v>38</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>418</v>
+        <v>138</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>424</v>
+        <v>142</v>
       </c>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A74" s="1" t="s">
-        <v>183</v>
+        <v>148</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>428</v>
+        <v>149</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>425</v>
+        <v>145</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>405</v>
+        <v>9</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>427</v>
+        <v>147</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>418</v>
+        <v>138</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>426</v>
+        <v>146</v>
       </c>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A75" s="1" t="s">
-        <v>431</v>
+        <v>153</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>432</v>
+        <v>154</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>429</v>
+        <v>150</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>391</v>
+        <v>49</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>37</v>
+        <v>147</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>418</v>
+        <v>138</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>430</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A76" s="1" t="s">
-        <v>32</v>
+        <v>275</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>435</v>
+        <v>276</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>433</v>
+        <v>308</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>391</v>
+        <v>311</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>392</v>
+        <v>312</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>418</v>
+        <v>310</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>434</v>
+        <v>309</v>
       </c>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A77" s="1" t="s">
-        <v>438</v>
+        <v>275</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>343</v>
+        <v>276</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>319</v>
+        <v>53</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>436</v>
+        <v>313</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>391</v>
+        <v>311</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>392</v>
+        <v>312</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>419</v>
+        <v>48</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>418</v>
+        <v>310</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>437</v>
+        <v>314</v>
       </c>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A78" s="1" t="s">
-        <v>187</v>
+        <v>318</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>441</v>
+        <v>319</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>439</v>
+        <v>315</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>391</v>
+        <v>311</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>392</v>
+        <v>312</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>419</v>
+        <v>57</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>105</v>
+        <v>317</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>418</v>
+        <v>310</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>440</v>
+        <v>316</v>
       </c>
     </row>
     <row r="79" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A79" s="1" t="s">
-        <v>82</v>
+        <v>323</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>788</v>
+        <v>324</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>784</v>
+        <v>320</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>617</v>
+        <v>317</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>44</v>
+        <v>322</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>786</v>
+        <v>157</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>787</v>
+        <v>310</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>785</v>
+        <v>321</v>
       </c>
     </row>
     <row r="80" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A80" s="1" t="s">
-        <v>334</v>
+        <v>205</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>222</v>
+        <v>330</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>141</v>
+        <v>236</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>24</v>
+        <v>329</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>25</v>
+        <v>240</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>285</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A81" s="1" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>338</v>
+        <v>89</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>25</v>
+        <v>240</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>316</v>
+        <v>344</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="82" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A82" s="1" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="E82" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="K82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="L82" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F82" s="1" t="s">
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.15">
+      <c r="A83" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>683</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="K83" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="G82" s="1" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="L83" s="1" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A84" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="K84" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="L84" s="1" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.15">
+      <c r="A85" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="1" t="s">
+      <c r="E85" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="K85" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="E84" s="1" t="s">
-[...34 lines deleted...]
-      <c r="D85" s="1" t="s">
+      <c r="L85" s="1" t="s">
         <v>353</v>
-      </c>
-[...22 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A86" s="1" t="s">
-        <v>45</v>
+        <v>421</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>358</v>
+        <v>422</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>355</v>
+        <v>417</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>332</v>
+        <v>391</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>333</v>
+        <v>392</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>357</v>
+        <v>31</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>18</v>
+        <v>420</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>331</v>
+        <v>419</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>356</v>
+        <v>418</v>
       </c>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A87" s="1" t="s">
-        <v>361</v>
+        <v>425</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>362</v>
+        <v>426</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>208</v>
+        <v>427</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>359</v>
+        <v>423</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>332</v>
+        <v>391</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>333</v>
+        <v>392</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>24</v>
+        <v>420</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>220</v>
+        <v>48</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>331</v>
+        <v>419</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>360</v>
+        <v>424</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A88" s="1" t="s">
-        <v>361</v>
+        <v>167</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>362</v>
+        <v>431</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>363</v>
+        <v>428</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>332</v>
+        <v>391</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>333</v>
+        <v>392</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>105</v>
+        <v>430</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>331</v>
+        <v>419</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>364</v>
+        <v>429</v>
       </c>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A89" s="1" t="s">
-        <v>39</v>
+        <v>435</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>369</v>
+        <v>436</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>365</v>
+        <v>432</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>368</v>
+        <v>430</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>38</v>
+        <v>434</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>367</v>
+        <v>419</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>366</v>
+        <v>433</v>
       </c>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A90" s="1" t="s">
-        <v>372</v>
+        <v>440</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>27</v>
+        <v>441</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>373</v>
+        <v>107</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>370</v>
+        <v>437</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>38</v>
+        <v>434</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>18</v>
+        <v>439</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>367</v>
+        <v>419</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>371</v>
+        <v>438</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A91" s="1" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>378</v>
+        <v>15</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>374</v>
+        <v>442</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>69</v>
+        <v>444</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>367</v>
+        <v>419</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>375</v>
+        <v>443</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A92" s="1" t="s">
-        <v>381</v>
+        <v>449</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>382</v>
+        <v>450</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>379</v>
+        <v>447</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>69</v>
+        <v>444</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>75</v>
+        <v>344</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>367</v>
+        <v>419</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>380</v>
+        <v>448</v>
       </c>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A93" s="1" t="s">
-        <v>385</v>
+        <v>405</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>386</v>
+        <v>406</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>383</v>
+        <v>402</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>18</v>
+        <v>188</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>367</v>
+        <v>404</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>384</v>
+        <v>403</v>
       </c>
     </row>
     <row r="94" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A94" s="1" t="s">
-        <v>307</v>
+        <v>409</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>308</v>
+        <v>410</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>189</v>
+        <v>54</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>301</v>
+        <v>407</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>220</v>
+        <v>193</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>304</v>
+        <v>404</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>302</v>
+        <v>408</v>
       </c>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A95" s="1" t="s">
-        <v>312</v>
+        <v>414</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>313</v>
+        <v>415</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>180</v>
+        <v>416</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>309</v>
+        <v>411</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>220</v>
+        <v>193</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>225</v>
+        <v>413</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>311</v>
+        <v>404</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>310</v>
+        <v>412</v>
       </c>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A96" s="1" t="s">
-        <v>317</v>
+        <v>374</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>318</v>
+        <v>393</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>319</v>
+        <v>386</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>314</v>
+        <v>387</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>225</v>
+        <v>31</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>316</v>
+        <v>85</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>311</v>
+        <v>390</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>315</v>
+        <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A97" s="1" t="s">
-        <v>323</v>
+        <v>396</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>324</v>
+        <v>397</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>208</v>
+        <v>15</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>320</v>
+        <v>394</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>251</v>
+        <v>85</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>322</v>
+        <v>390</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>321</v>
+        <v>395</v>
       </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A98" s="1" t="s">
-        <v>327</v>
+        <v>400</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>328</v>
+        <v>401</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>329</v>
+        <v>386</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>325</v>
+        <v>398</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>322</v>
+        <v>390</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>326</v>
+        <v>399</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A99" s="1" t="s">
-        <v>134</v>
+        <v>629</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>135</v>
+        <v>630</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>136</v>
+        <v>160</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>130</v>
+        <v>626</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>9</v>
+        <v>164</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>133</v>
+        <v>48</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>56</v>
+        <v>601</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>132</v>
+        <v>628</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>131</v>
+        <v>627</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A100" s="1" t="s">
-        <v>139</v>
+        <v>620</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>140</v>
+        <v>621</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>141</v>
+        <v>616</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>137</v>
+        <v>617</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>56</v>
+        <v>601</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>132</v>
+        <v>619</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>138</v>
+        <v>618</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A101" s="1" t="s">
-        <v>145</v>
+        <v>624</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>146</v>
+        <v>625</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>147</v>
+        <v>607</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>142</v>
+        <v>622</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>56</v>
+        <v>601</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>144</v>
+        <v>619</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>143</v>
+        <v>623</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A102" s="1" t="s">
-        <v>150</v>
+        <v>605</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>151</v>
+        <v>606</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>152</v>
+        <v>607</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>148</v>
+        <v>599</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>56</v>
+        <v>601</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>144</v>
+        <v>602</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>149</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A103" s="1" t="s">
-        <v>61</v>
+        <v>610</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>62</v>
+        <v>611</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>54</v>
+        <v>608</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>56</v>
+        <v>601</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>57</v>
+        <v>602</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>55</v>
+        <v>609</v>
       </c>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A104" s="1" t="s">
-        <v>65</v>
+        <v>614</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>66</v>
+        <v>615</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>28</v>
+        <v>616</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>63</v>
+        <v>612</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>18</v>
+        <v>430</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>56</v>
+        <v>601</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>57</v>
+        <v>602</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>64</v>
+        <v>613</v>
       </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A105" s="1" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>71</v>
+        <v>664</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>72</v>
+        <v>201</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>67</v>
+        <v>660</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>69</v>
+        <v>204</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>56</v>
+        <v>662</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>57</v>
+        <v>663</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>68</v>
+        <v>661</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A106" s="1" t="s">
-        <v>76</v>
+        <v>667</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>77</v>
+        <v>668</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>73</v>
+        <v>665</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>69</v>
+        <v>204</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>56</v>
+        <v>662</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>57</v>
+        <v>663</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>74</v>
+        <v>666</v>
       </c>
     </row>
     <row r="107" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A107" s="1" t="s">
-        <v>82</v>
+        <v>667</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>83</v>
+        <v>668</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>79</v>
+        <v>669</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>59</v>
+        <v>603</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>60</v>
+        <v>604</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>81</v>
+        <v>528</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>56</v>
+        <v>662</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>57</v>
+        <v>663</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>80</v>
+        <v>670</v>
       </c>
     </row>
     <row r="108" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A108" s="1" t="s">
-        <v>159</v>
+        <v>113</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>160</v>
+        <v>673</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>153</v>
+        <v>671</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>157</v>
+        <v>603</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>158</v>
+        <v>604</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>24</v>
+        <v>528</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>156</v>
+        <v>99</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>155</v>
+        <v>662</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>0</v>
+        <v>663</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>154</v>
+        <v>672</v>
       </c>
     </row>
     <row r="109" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A109" s="1" t="s">
-        <v>159</v>
+        <v>477</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>160</v>
+        <v>634</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>152</v>
+        <v>53</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>161</v>
+        <v>631</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>156</v>
+        <v>31</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>50</v>
+        <v>204</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>162</v>
+        <v>632</v>
       </c>
     </row>
     <row r="110" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A110" s="1" t="s">
-        <v>246</v>
+        <v>637</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>247</v>
+        <v>638</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>152</v>
+        <v>639</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>243</v>
+        <v>635</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>116</v>
+        <v>204</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>244</v>
+        <v>636</v>
       </c>
     </row>
     <row r="111" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A111" s="1" t="s">
-        <v>221</v>
+        <v>642</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>222</v>
+        <v>643</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>223</v>
+        <v>644</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>217</v>
+        <v>640</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>220</v>
+        <v>339</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>218</v>
+        <v>641</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A112" s="1" t="s">
-        <v>226</v>
+        <v>421</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>227</v>
+        <v>648</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>223</v>
+        <v>72</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>224</v>
+        <v>645</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>220</v>
+        <v>339</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>225</v>
+        <v>647</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>210</v>
+        <v>646</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A113" s="1" t="s">
-        <v>230</v>
+        <v>354</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>231</v>
+        <v>651</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>136</v>
+        <v>72</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>228</v>
+        <v>649</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>225</v>
+        <v>647</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>192</v>
+        <v>413</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>229</v>
+        <v>650</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A114" s="1" t="s">
-        <v>234</v>
+        <v>654</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>235</v>
+        <v>655</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>232</v>
+        <v>652</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>37</v>
+        <v>164</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>10</v>
+        <v>444</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>233</v>
+        <v>653</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A115" s="1" t="s">
-        <v>234</v>
+        <v>658</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>238</v>
+        <v>659</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>236</v>
+        <v>656</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>10</v>
+        <v>444</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>18</v>
+        <v>344</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>155</v>
+        <v>633</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>237</v>
+        <v>657</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A116" s="1" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>242</v>
+        <v>14</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>239</v>
+        <v>5</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>155</v>
+        <v>7</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>240</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A117" s="1" t="s">
-        <v>706</v>
+        <v>19</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>707</v>
+        <v>20</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>699</v>
+        <v>16</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>704</v>
+        <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>705</v>
+        <v>12</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>703</v>
+        <v>18</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>701</v>
+        <v>7</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>702</v>
+        <v>0</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>700</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A118" s="1" t="s">
-        <v>710</v>
+        <v>25</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>711</v>
+        <v>26</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>708</v>
+        <v>22</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>704</v>
+        <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>705</v>
+        <v>12</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>703</v>
+        <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>701</v>
+        <v>7</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>702</v>
+        <v>0</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>709</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A119" s="1" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>714</v>
+        <v>34</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>715</v>
+        <v>35</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>712</v>
+        <v>28</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>704</v>
+        <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>705</v>
+        <v>12</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>701</v>
+        <v>7</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>702</v>
+        <v>0</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>713</v>
+        <v>29</v>
       </c>
     </row>
     <row r="120" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A120" s="1" t="s">
-        <v>718</v>
+        <v>39</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>719</v>
+        <v>40</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>716</v>
+        <v>36</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>704</v>
+        <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>705</v>
+        <v>12</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>192</v>
+        <v>38</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>701</v>
+        <v>7</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>702</v>
+        <v>0</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>717</v>
+        <v>37</v>
       </c>
     </row>
     <row r="121" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A121" s="1" t="s">
-        <v>735</v>
+        <v>158</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>736</v>
+        <v>159</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>732</v>
+        <v>155</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>704</v>
+        <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>705</v>
+        <v>12</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>617</v>
+        <v>9</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>517</v>
+        <v>99</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>701</v>
+        <v>157</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>734</v>
+        <v>0</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>733</v>
+        <v>156</v>
       </c>
     </row>
     <row r="122" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A122" s="1" t="s">
-        <v>745</v>
+        <v>360</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>693</v>
+        <v>361</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>715</v>
+        <v>362</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>742</v>
+        <v>355</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>704</v>
+        <v>358</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>705</v>
+        <v>359</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>517</v>
+        <v>47</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>701</v>
+        <v>327</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>744</v>
+        <v>357</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>743</v>
+        <v>356</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A123" s="1" t="s">
-        <v>723</v>
+        <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>724</v>
+        <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>715</v>
+        <v>125</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>720</v>
+        <v>363</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>704</v>
+        <v>358</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>705</v>
+        <v>359</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>286</v>
+        <v>58</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>701</v>
+        <v>327</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>722</v>
+        <v>357</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>721</v>
+        <v>364</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A124" s="1" t="s">
-        <v>727</v>
+        <v>369</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>728</v>
+        <v>370</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>715</v>
+        <v>21</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>725</v>
+        <v>367</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>704</v>
+        <v>358</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>705</v>
+        <v>359</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>286</v>
+        <v>58</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>405</v>
+        <v>64</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>701</v>
+        <v>327</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>722</v>
+        <v>357</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>726</v>
+        <v>368</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A125" s="1" t="s">
-        <v>731</v>
+        <v>374</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>457</v>
+        <v>375</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>715</v>
+        <v>376</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>729</v>
+        <v>371</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>704</v>
+        <v>358</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>705</v>
+        <v>359</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>405</v>
+        <v>373</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>172</v>
+        <v>240</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>701</v>
+        <v>327</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>722</v>
+        <v>357</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>730</v>
+        <v>372</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A126" s="1" t="s">
-        <v>740</v>
+        <v>379</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>407</v>
+        <v>380</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>741</v>
+        <v>381</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>737</v>
+        <v>377</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>704</v>
+        <v>358</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>705</v>
+        <v>359</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>275</v>
+        <v>240</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>18</v>
+        <v>344</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>701</v>
+        <v>327</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>739</v>
+        <v>357</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>738</v>
+        <v>378</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A127" s="1" t="s">
-        <v>90</v>
+        <v>384</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>91</v>
+        <v>385</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>92</v>
+        <v>386</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>84</v>
+        <v>382</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>56</v>
+        <v>327</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>86</v>
+        <v>357</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>85</v>
+        <v>383</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A128" s="1" t="s">
-        <v>96</v>
+        <v>467</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>97</v>
+        <v>468</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>93</v>
+        <v>464</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>95</v>
+        <v>466</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A129" s="1" t="s">
-        <v>100</v>
+        <v>473</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>101</v>
+        <v>474</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>98</v>
+        <v>469</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>10</v>
+        <v>472</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>95</v>
+        <v>471</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>99</v>
+        <v>470</v>
       </c>
     </row>
     <row r="130" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A130" s="1" t="s">
-        <v>128</v>
+        <v>477</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>129</v>
+        <v>478</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>124</v>
+        <v>72</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>125</v>
+        <v>475</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>10</v>
+        <v>472</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>44</v>
+        <v>439</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>127</v>
+        <v>471</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>126</v>
+        <v>476</v>
       </c>
     </row>
     <row r="131" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A131" s="1" t="s">
-        <v>106</v>
+        <v>482</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>107</v>
+        <v>483</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>103</v>
+        <v>479</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>105</v>
+        <v>329</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>95</v>
+        <v>481</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>104</v>
+        <v>480</v>
       </c>
     </row>
     <row r="132" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A132" s="1" t="s">
-        <v>110</v>
+        <v>486</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>111</v>
+        <v>487</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>108</v>
+        <v>484</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>105</v>
+        <v>329</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>95</v>
+        <v>481</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>109</v>
+        <v>485</v>
       </c>
     </row>
     <row r="133" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A133" s="1" t="s">
-        <v>118</v>
+        <v>491</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>119</v>
+        <v>492</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>28</v>
+        <v>493</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>112</v>
+        <v>488</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>117</v>
+        <v>490</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>114</v>
+        <v>481</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>113</v>
+        <v>489</v>
       </c>
     </row>
     <row r="134" spans="1:12" x14ac:dyDescent="0.15">
       <c r="A134" s="1" t="s">
-        <v>122</v>
+        <v>496</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>123</v>
+        <v>497</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>120</v>
+        <v>494</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>88</v>
+        <v>358</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>117</v>
+        <v>490</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>56</v>
+        <v>389</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>114</v>
+        <v>481</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>121</v>
-[...1139 lines deleted...]
-        <v>285</v>
+        <v>495</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L164">
-[...2 lines deleted...]
-    <sortCondition ref="H2:H164"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L134">
+    <sortCondition ref="E2:E134"/>
+    <sortCondition ref="G2:G134"/>
+    <sortCondition ref="H2:H134"/>
   </sortState>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>座長日時20250904</vt:lpstr>
+      <vt:lpstr>座長日時</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>