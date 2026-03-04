--- v1 (2026-02-06)
+++ v2 (2026-03-04)
@@ -1,64 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr filterPrivacy="1" autoCompressPictures="0" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38DCD291-2428-4981-BA3A-FA835F72A45E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F51BFAC4-C17F-47E1-A069-C0771E4D87C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2535" yWindow="0" windowWidth="24270" windowHeight="15555" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="17385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="座長日時" sheetId="1" r:id="rId1"/>
+    <sheet name="座長日時20260304" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="122211"/>
+  <calcPr calcId="122211" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>作成者</author>
+  </authors>
+  <commentList>
+    <comment ref="D75" authorId="0" shapeId="0" xr:uid="{CFEC8233-1489-4156-9025-A82C0B5570C4}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="MS P ゴシック"/>
+            <family val="3"/>
+            <charset val="128"/>
+          </rPr>
+          <t>3G11取り下げ</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1608" uniqueCount="684">
   <si>
     <t/>
   </si>
   <si>
     <t>セッション名</t>
     <rPh sb="5" eb="6">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>開催日</t>
     <rPh sb="0" eb="2">
       <t>カイサイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>会場</t>
     <rPh sb="0" eb="2">
       <t>カイジョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
@@ -295,53 +322,50 @@
   <si>
     <t>15:40</t>
   </si>
   <si>
     <t>牧井</t>
   </si>
   <si>
     <t>宏之</t>
   </si>
   <si>
     <t>2F01-05</t>
   </si>
   <si>
     <t>放射線挙動1</t>
   </si>
   <si>
     <t>202-1 放射線挙動，遮蔽工学</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>F会場</t>
   </si>
   <si>
-    <t>熊本城ホール3F　会議室B3</t>
-[...1 lines deleted...]
-  <si>
     <t>平尾</t>
   </si>
   <si>
     <t>好弘</t>
   </si>
   <si>
     <t>海技研</t>
   </si>
   <si>
     <t>2F06-09</t>
   </si>
   <si>
     <t>放射線挙動2</t>
   </si>
   <si>
     <t>奥野</t>
   </si>
   <si>
     <t>功一</t>
   </si>
   <si>
     <t>安藤ハザマ</t>
   </si>
   <si>
     <t>2F10-15</t>
@@ -697,53 +721,50 @@
   <si>
     <t>佐野</t>
   </si>
   <si>
     <t>忠史</t>
   </si>
   <si>
     <t>近大</t>
   </si>
   <si>
     <t>1E01-02</t>
   </si>
   <si>
     <t>ADS・溶融塩炉設計</t>
   </si>
   <si>
     <t>301-2 炉設計と炉型戦略，核変換技術</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>E会場</t>
   </si>
   <si>
-    <t>熊本城ホール3F　会議室B1+B2</t>
-[...1 lines deleted...]
-  <si>
     <t>西原</t>
   </si>
   <si>
     <t>健司</t>
   </si>
   <si>
     <t>1E03-06</t>
   </si>
   <si>
     <t>高速炉設計</t>
   </si>
   <si>
     <t>一紀</t>
   </si>
   <si>
     <t>1E07-09</t>
   </si>
   <si>
     <t>RI製造</t>
   </si>
   <si>
     <t>郡司</t>
   </si>
   <si>
     <t>智</t>
@@ -1054,981 +1075,987 @@
   <si>
     <t>原子炉の運転管理・点検保守における安全性と信頼性向上</t>
   </si>
   <si>
     <t>401-2 原子炉の運転管理と点検保守</t>
   </si>
   <si>
     <t>小松</t>
   </si>
   <si>
     <t>滋</t>
   </si>
   <si>
     <t>J-POWER</t>
   </si>
   <si>
     <t>2H10-14</t>
   </si>
   <si>
     <t>原子炉構造材料の健全性評価と力学的挙動の把握</t>
   </si>
   <si>
     <t>17:05</t>
   </si>
   <si>
+    <t>中村</t>
+  </si>
+  <si>
+    <t>晶</t>
+  </si>
+  <si>
+    <t>2H03-06</t>
+  </si>
+  <si>
+    <t>原子力プラントにおける安全設計と健全性評価</t>
+  </si>
+  <si>
+    <t>401-3 原子炉設計，原子力発電所の建設と検査，耐震性，原子力船</t>
+  </si>
+  <si>
+    <t>11:55</t>
+  </si>
+  <si>
+    <t>小形</t>
+  </si>
+  <si>
+    <t>原電</t>
+  </si>
+  <si>
+    <t>3H01-04</t>
+  </si>
+  <si>
+    <t>エアロゾル</t>
+  </si>
+  <si>
+    <t>402-1 原子力安全工学（安全設計，安全評価，マネジメント）</t>
+  </si>
+  <si>
     <t>田村</t>
   </si>
   <si>
-    <t>2H03-06</t>
-[...25 lines deleted...]
-  <si>
     <t>明紀</t>
   </si>
   <si>
     <t>日立</t>
   </si>
   <si>
     <t>3H05-08</t>
   </si>
   <si>
     <t>異常・事故状況の把握</t>
   </si>
   <si>
+    <t>土井</t>
+  </si>
+  <si>
+    <t>1M01-06</t>
+  </si>
+  <si>
+    <t>プラント評価</t>
+  </si>
+  <si>
+    <t>403-1 リスク評価技術とリスク活用</t>
+  </si>
+  <si>
+    <t>M会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール6F　会議室601+602</t>
+  </si>
+  <si>
+    <t>倉本</t>
+  </si>
+  <si>
+    <t>孝弘</t>
+  </si>
+  <si>
+    <t>原子力エンジ</t>
+  </si>
+  <si>
+    <t>1M07-11</t>
+  </si>
+  <si>
+    <t>地震PRA</t>
+  </si>
+  <si>
+    <t>成川</t>
+  </si>
+  <si>
+    <t>隆文</t>
+  </si>
+  <si>
+    <t>1M12-16</t>
+  </si>
+  <si>
+    <t>外的事象</t>
+  </si>
+  <si>
+    <t>張</t>
+  </si>
+  <si>
+    <t>承賢</t>
+  </si>
+  <si>
+    <t>2M01-04</t>
+  </si>
+  <si>
+    <t>リスク評価1</t>
+  </si>
+  <si>
+    <t>09:35</t>
+  </si>
+  <si>
+    <t>牟田</t>
+  </si>
+  <si>
+    <t>仁</t>
+  </si>
+  <si>
+    <t>東京都市大</t>
+  </si>
+  <si>
+    <t>2M05-08</t>
+  </si>
+  <si>
+    <t>リスク評価2</t>
+  </si>
+  <si>
+    <t>氏田</t>
+  </si>
+  <si>
+    <t>博士</t>
+  </si>
+  <si>
+    <t>環境安全学研</t>
+  </si>
+  <si>
+    <t>2M09-11</t>
+  </si>
+  <si>
+    <t>不確かさ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">竹田 </t>
+  </si>
+  <si>
+    <t>敏</t>
+  </si>
+  <si>
+    <t>阪大</t>
+  </si>
+  <si>
+    <t>3I01-05</t>
+  </si>
+  <si>
+    <t>核燃料、FP基礎物性</t>
+  </si>
+  <si>
+    <t>V. 核燃料サイクルと材料</t>
+  </si>
+  <si>
+    <t>501-1 基礎物性</t>
+  </si>
+  <si>
+    <t>I会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室E</t>
+  </si>
+  <si>
+    <t>浩明</t>
+  </si>
+  <si>
+    <t>3I06-09</t>
+  </si>
+  <si>
+    <t>核燃料サイクル、制御棒開発、炉心設計、事故耐性燃料(ATF)開発</t>
+  </si>
+  <si>
+    <t>関口</t>
+  </si>
+  <si>
+    <t>裕真</t>
+  </si>
+  <si>
+    <t>3I10-13</t>
+  </si>
+  <si>
+    <t>廃炉技術</t>
+  </si>
+  <si>
+    <t>大石</t>
+  </si>
+  <si>
+    <t>佑治</t>
+  </si>
+  <si>
+    <t>2I09-13</t>
+  </si>
+  <si>
+    <t>FP放出、小型モジュール炉、高温ガス炉、高速炉</t>
+  </si>
+  <si>
+    <t>501-2 核燃料とその照射挙動</t>
+  </si>
+  <si>
+    <t>廣岡</t>
+  </si>
+  <si>
+    <t>瞬</t>
+  </si>
+  <si>
+    <t>2I14-18</t>
+  </si>
+  <si>
+    <t>MOX燃料製造、物性、照射挙動</t>
+  </si>
+  <si>
+    <t>Sun</t>
+  </si>
+  <si>
+    <t>Yifan</t>
+  </si>
+  <si>
+    <t>2I19-23</t>
+  </si>
+  <si>
+    <t>データ科学との融合による核燃料研究の新展開</t>
+  </si>
+  <si>
+    <t>19:00</t>
+  </si>
+  <si>
+    <t>遠藤</t>
+  </si>
+  <si>
+    <t>洋一</t>
+  </si>
+  <si>
+    <t>NFD</t>
+  </si>
+  <si>
+    <t>1I01-04</t>
+  </si>
+  <si>
+    <t>圧力容器鋼1</t>
+  </si>
+  <si>
+    <t>502-1 原子炉材料，環境劣化，照射効果，評価・分析技術</t>
+  </si>
+  <si>
+    <t>10:40</t>
+  </si>
+  <si>
+    <t>永井</t>
+  </si>
+  <si>
+    <t>康介</t>
+  </si>
+  <si>
+    <t>1I05-07</t>
+  </si>
+  <si>
+    <t>圧力容器鋼２</t>
+  </si>
+  <si>
+    <t>松川</t>
+  </si>
+  <si>
+    <t>義孝</t>
+  </si>
+  <si>
+    <t>熊本大</t>
+  </si>
+  <si>
+    <t>1I08-11</t>
+  </si>
+  <si>
+    <t>照射効果1</t>
+  </si>
+  <si>
+    <t>17:10</t>
+  </si>
+  <si>
+    <t>英雄</t>
+  </si>
+  <si>
+    <t>1I12-15</t>
+  </si>
+  <si>
+    <t>照射効果2</t>
+  </si>
+  <si>
+    <t>18:20</t>
+  </si>
+  <si>
+    <t>藤井</t>
+  </si>
+  <si>
+    <t>克彦</t>
+  </si>
+  <si>
+    <t>1I16-17</t>
+  </si>
+  <si>
+    <t>応力腐食割れ</t>
+  </si>
+  <si>
+    <t>18:55</t>
+  </si>
+  <si>
+    <t>山本</t>
+  </si>
+  <si>
+    <t>知一</t>
+  </si>
+  <si>
+    <t>2I01-05</t>
+  </si>
+  <si>
+    <t>原子炉材料</t>
+  </si>
+  <si>
+    <t>11:05</t>
+  </si>
+  <si>
+    <t>勤也</t>
+  </si>
+  <si>
+    <t>2I06-08</t>
+  </si>
+  <si>
+    <t>被覆管材料</t>
+  </si>
+  <si>
+    <t>大久保</t>
+  </si>
+  <si>
+    <t>成彰</t>
+  </si>
+  <si>
+    <t>1F01-04</t>
+  </si>
+  <si>
+    <t>水質管理、除染、FAC</t>
+  </si>
+  <si>
+    <t>503-1 原子炉化学，放射線化学，腐食化学，水質管理</t>
+  </si>
+  <si>
+    <t>山崎</t>
+  </si>
+  <si>
+    <t>樂</t>
+  </si>
+  <si>
+    <t>1F05-08</t>
+  </si>
+  <si>
+    <t>溶融塩腐食、液膜腐食、MIC</t>
+  </si>
+  <si>
+    <t>細川</t>
+  </si>
+  <si>
+    <t>秀幸</t>
+  </si>
+  <si>
+    <t>1F09-11</t>
+  </si>
+  <si>
+    <t>ラジオリシスと腐食</t>
+  </si>
+  <si>
+    <t>上野</t>
+  </si>
+  <si>
+    <t>文義</t>
+  </si>
+  <si>
+    <t>2M12-14</t>
+  </si>
+  <si>
+    <t>同位体分析・分離</t>
+  </si>
+  <si>
+    <t>504-1 同位体分離，同位体応用，ウラン濃縮，核種・同位体分析</t>
+  </si>
+  <si>
+    <t>岩田</t>
+  </si>
+  <si>
+    <t>圭弘</t>
+  </si>
+  <si>
+    <t>2M15-18</t>
+  </si>
+  <si>
+    <t>錯体化学</t>
+  </si>
+  <si>
+    <t>504-2 核化学，放射化学，分析化学，アクチノイドの化学</t>
+  </si>
+  <si>
+    <t>17:45</t>
+  </si>
+  <si>
+    <t>佐々木</t>
+  </si>
+  <si>
+    <t>祐二</t>
+  </si>
+  <si>
+    <t>2M19-22</t>
+  </si>
+  <si>
+    <t>アクチノイド化学・分析化学</t>
+  </si>
+  <si>
+    <t>日下</t>
+  </si>
+  <si>
+    <t>良二</t>
+  </si>
+  <si>
+    <t>3M01-02</t>
+  </si>
+  <si>
+    <t>湿式技術</t>
+  </si>
+  <si>
+    <t>504-3 燃料再処理</t>
+  </si>
+  <si>
+    <t>鷹尾</t>
+  </si>
+  <si>
+    <t>康一朗</t>
+  </si>
+  <si>
+    <t>3M03-09</t>
+  </si>
+  <si>
+    <t>燃料サイクル研究</t>
+  </si>
+  <si>
+    <t>村上</t>
+  </si>
+  <si>
+    <t>毅</t>
+  </si>
+  <si>
+    <t>3M10-11</t>
+  </si>
+  <si>
+    <t>湿式再処理</t>
+  </si>
+  <si>
+    <t>15:20</t>
+  </si>
+  <si>
+    <t>竹下</t>
+  </si>
+  <si>
+    <t>健二</t>
+  </si>
+  <si>
+    <t>東京科学大学</t>
+  </si>
+  <si>
+    <t>3M12-15</t>
+  </si>
+  <si>
+    <t>再処理施設安全性</t>
+  </si>
+  <si>
+    <t>飯塚</t>
+  </si>
+  <si>
+    <t>政利</t>
+  </si>
+  <si>
+    <t>1A01-03</t>
+  </si>
+  <si>
+    <t>吸着分離</t>
+  </si>
+  <si>
+    <t>505-1 放射性廃棄物処理</t>
+  </si>
+  <si>
+    <t>A会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室A1</t>
+  </si>
+  <si>
+    <t>桜木</t>
+  </si>
+  <si>
+    <t>智史</t>
+  </si>
+  <si>
+    <t>原環セ</t>
+  </si>
+  <si>
+    <t>1A04-07</t>
+  </si>
+  <si>
+    <t>ガラス固化</t>
+  </si>
+  <si>
+    <t>長田</t>
+  </si>
+  <si>
+    <t>柊平</t>
+  </si>
+  <si>
+    <t>NUMO</t>
+  </si>
+  <si>
+    <t>1A08-11</t>
+  </si>
+  <si>
+    <t>1F廃棄物</t>
+  </si>
+  <si>
+    <t>崇之</t>
+  </si>
+  <si>
+    <t>1A12-15</t>
+  </si>
+  <si>
+    <t>1Fジオポリマー利用</t>
+  </si>
+  <si>
+    <t>足立</t>
+  </si>
+  <si>
+    <t>栄希</t>
+  </si>
+  <si>
+    <t>富士電機</t>
+  </si>
+  <si>
+    <t>2A01-05</t>
+  </si>
+  <si>
+    <t>デブリ・酸化物1</t>
+  </si>
+  <si>
+    <t>宇留賀</t>
+  </si>
+  <si>
+    <t>和義</t>
+  </si>
+  <si>
+    <t>2A06-09</t>
+  </si>
+  <si>
+    <t>デブリ・酸化物2</t>
+  </si>
+  <si>
+    <t>平木</t>
+  </si>
+  <si>
+    <t>2A10-12</t>
+  </si>
+  <si>
+    <t>セメント・ジオポリマー</t>
+  </si>
+  <si>
+    <t>15:35</t>
+  </si>
+  <si>
+    <t>エラクネス</t>
+  </si>
+  <si>
+    <t>ヨガラジャ</t>
+  </si>
+  <si>
+    <t>2A13-17</t>
+  </si>
+  <si>
+    <t>廃棄物処理1</t>
+  </si>
+  <si>
+    <t>三輪</t>
+  </si>
+  <si>
+    <t>周平</t>
+  </si>
+  <si>
+    <t>2A18-21</t>
+  </si>
+  <si>
+    <t>廃棄物処理2</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>北垣</t>
+  </si>
+  <si>
+    <t>徹</t>
+  </si>
+  <si>
+    <t>2B01-06</t>
+  </si>
+  <si>
+    <t>ベントナイト</t>
+  </si>
+  <si>
+    <t>505-2 放射性廃棄物処分と環境</t>
+  </si>
+  <si>
+    <t>11:15</t>
+  </si>
+  <si>
+    <t>B会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室A2</t>
+  </si>
+  <si>
+    <t>山田</t>
+  </si>
+  <si>
+    <t>淳夫</t>
+  </si>
+  <si>
+    <t>2B07-08</t>
+  </si>
+  <si>
+    <t>高レベル放射性廃液</t>
+  </si>
+  <si>
+    <t>木下</t>
+  </si>
+  <si>
+    <t>哲一</t>
+  </si>
+  <si>
+    <t>清水建設</t>
+  </si>
+  <si>
+    <t>2B09-13</t>
+  </si>
+  <si>
+    <t>化学分析</t>
+  </si>
+  <si>
+    <t>出光</t>
+  </si>
+  <si>
+    <t>一哉</t>
+  </si>
+  <si>
+    <t>2B14-16</t>
+  </si>
+  <si>
+    <t>シミュレーション1</t>
+  </si>
+  <si>
+    <t>若杉</t>
+  </si>
+  <si>
+    <t>圭一郎</t>
+  </si>
+  <si>
+    <t>東海大</t>
+  </si>
+  <si>
+    <t>2B17-20</t>
+  </si>
+  <si>
+    <t>シミュレーション2</t>
+  </si>
+  <si>
+    <t>18:15</t>
+  </si>
+  <si>
+    <t>中林</t>
+  </si>
+  <si>
+    <t>亮</t>
+  </si>
+  <si>
+    <t>3B01-05</t>
+  </si>
+  <si>
+    <t>セメント</t>
+  </si>
+  <si>
+    <t>11:00</t>
+  </si>
+  <si>
+    <t>田窪</t>
+  </si>
+  <si>
+    <t>勇作</t>
+  </si>
+  <si>
+    <t>3B06-08</t>
+  </si>
+  <si>
+    <t>廃棄物・廃棄体</t>
+  </si>
+  <si>
+    <t>湊</t>
+  </si>
+  <si>
+    <t>3B09-13</t>
+  </si>
+  <si>
+    <t>処分場設計</t>
+  </si>
+  <si>
+    <t>藤原</t>
+  </si>
+  <si>
+    <t>健壮</t>
+  </si>
+  <si>
+    <t>1B01-07</t>
+  </si>
+  <si>
+    <t>福島第一原子力発電所1</t>
+  </si>
+  <si>
+    <t>505-3 原子力施設の廃止措置技術</t>
+  </si>
+  <si>
+    <t>齋藤</t>
+  </si>
+  <si>
+    <t>1B08-12</t>
+  </si>
+  <si>
+    <t>福島第一原子力発電所2</t>
+  </si>
+  <si>
+    <t>鳥居</t>
+  </si>
+  <si>
+    <t>和敬</t>
+  </si>
+  <si>
+    <t>1B13-18</t>
+  </si>
+  <si>
+    <t>インベントリ・廃棄物</t>
+  </si>
+  <si>
+    <t>河口</t>
+  </si>
+  <si>
+    <t>宗道</t>
+  </si>
+  <si>
+    <t>3A01-04</t>
+  </si>
+  <si>
+    <t>総論、技術全般</t>
+  </si>
+  <si>
+    <t>小菅</t>
+  </si>
+  <si>
+    <t>淳</t>
+  </si>
+  <si>
+    <t>3A05-09</t>
+  </si>
+  <si>
+    <t>高速炉</t>
+  </si>
+  <si>
+    <t>井口</t>
+  </si>
+  <si>
+    <t>幸弘</t>
+  </si>
+  <si>
+    <t>2J01-06</t>
+  </si>
+  <si>
+    <t>核融合炉材料工学</t>
+  </si>
+  <si>
+    <t>VI. 核融合工学</t>
+  </si>
+  <si>
+    <t>601-2 核融合炉材料工学（炉材料，ブランケット，照射挙動）</t>
+  </si>
+  <si>
+    <t>J会場</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室F</t>
+  </si>
+  <si>
+    <t>濱口</t>
+  </si>
+  <si>
+    <t>大</t>
+  </si>
+  <si>
+    <t>QST</t>
+  </si>
+  <si>
+    <t>2J07-10</t>
+  </si>
+  <si>
+    <t>液体金属ブランケット工学</t>
+  </si>
+  <si>
+    <t>大塚</t>
+  </si>
+  <si>
+    <t>哲平</t>
+  </si>
+  <si>
+    <t>2J11-14</t>
+  </si>
+  <si>
+    <t>水素同位体挙動</t>
+  </si>
+  <si>
+    <t>小林</t>
+  </si>
+  <si>
+    <t>真</t>
+  </si>
+  <si>
+    <t>核融合研</t>
+  </si>
+  <si>
+    <t>1J06-10</t>
+  </si>
+  <si>
+    <t>燃料製造精製</t>
+  </si>
+  <si>
+    <t>601-3 トリチウム工学（燃料回収・精製，計測，同位体効果，安全取扱い）</t>
+  </si>
+  <si>
+    <t>増崎</t>
+  </si>
+  <si>
+    <t>貴</t>
+  </si>
+  <si>
+    <t>1J11-15</t>
+  </si>
+  <si>
+    <t>移行挙動</t>
+  </si>
+  <si>
+    <t>枝尾</t>
+  </si>
+  <si>
+    <t>祐希</t>
+  </si>
+  <si>
+    <t>1J01-05</t>
+  </si>
+  <si>
+    <t>核融合機器工学</t>
+  </si>
+  <si>
+    <t>601-4 核融合機器工学（第1壁，ダイバータ，マグネット等）</t>
+  </si>
+  <si>
+    <t>波多野</t>
+  </si>
+  <si>
+    <t>雄治</t>
+  </si>
+  <si>
+    <t>1K01-04</t>
+  </si>
+  <si>
+    <t>放射線応用</t>
+  </si>
+  <si>
+    <t>VII. 保健物理と環境科学</t>
+  </si>
+  <si>
+    <t>英史</t>
+  </si>
+  <si>
+    <t>1K05-07</t>
+  </si>
+  <si>
+    <t>除染と生物影響</t>
+  </si>
+  <si>
+    <t>砂川</t>
+  </si>
+  <si>
+    <t>武義</t>
+  </si>
+  <si>
+    <t>福井工大</t>
+  </si>
+  <si>
+    <t>1K08-11</t>
+  </si>
+  <si>
+    <t>放射線の安全管理と測定</t>
+  </si>
+  <si>
+    <t>片岡</t>
+  </si>
+  <si>
+    <t>憲昭</t>
+  </si>
+  <si>
+    <t>都産技研</t>
+  </si>
+  <si>
+    <t>1K12-14</t>
+  </si>
+  <si>
+    <t>放射線計測1</t>
+  </si>
+  <si>
+    <t>17:55</t>
+  </si>
+  <si>
+    <t>晴康</t>
+  </si>
+  <si>
+    <t>1K15-18</t>
+  </si>
+  <si>
+    <t>放射線計測2</t>
+  </si>
+  <si>
     <t>佐藤</t>
-  </si>
-[...886 lines deleted...]
-    <t>放射線計測2</t>
   </si>
   <si>
     <t>大樹</t>
   </si>
   <si>
     <t>2K01-04</t>
   </si>
   <si>
     <t>放射能測定</t>
   </si>
   <si>
     <t>真辺</t>
   </si>
   <si>
     <t>健太郎</t>
   </si>
   <si>
     <t>2K05-07</t>
   </si>
   <si>
     <t>内部被ばくと緊急時対応</t>
   </si>
   <si>
     <t>寺田</t>
   </si>
@@ -2112,131 +2139,126 @@
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>終了</t>
     <rPh sb="0" eb="2">
       <t>シュウリョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>区分</t>
     <rPh sb="0" eb="2">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>専門分野</t>
     <rPh sb="0" eb="4">
       <t>センモンブンヤ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>土井</t>
-[...2 lines deleted...]
-    <t>晶</t>
+    <t>熊本城ホール3F　会議室B2+B3</t>
+  </si>
+  <si>
+    <t>熊本城ホール3F　会議室B1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <b/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="MS P ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
-      </patternFill>
-[...4 lines deleted...]
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -2246,56 +2268,54 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="6" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="ハイパーリンク" xfId="3" builtinId="8" hidden="1"/>
     <cellStyle name="ハイパーリンク" xfId="5" builtinId="8" hidden="1"/>
     <cellStyle name="ハイパーリンク" xfId="7" builtinId="8" hidden="1"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="表示済みのハイパーリンク" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="表示済みのハイパーリンク" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="表示済みのハイパーリンク" xfId="8" builtinId="9" hidden="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2566,5188 +2586,5192 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L134"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="N27" sqref="N27"/>
+    <sheetView tabSelected="1" topLeftCell="A52" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="D75" sqref="D75"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="2" width="8.25" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="18.125" customWidth="1"/>
+    <col min="1" max="2" width="8.375" customWidth="1"/>
+    <col min="3" max="3" width="14.375" customWidth="1"/>
+    <col min="4" max="4" width="9.25" customWidth="1"/>
+    <col min="5" max="5" width="7.5" customWidth="1"/>
+    <col min="6" max="6" width="23.75" customWidth="1"/>
     <col min="7" max="7" width="13.875" customWidth="1"/>
-    <col min="8" max="9" width="6.375" customWidth="1"/>
-    <col min="12" max="12" width="19.625" customWidth="1"/>
+    <col min="8" max="9" width="8.125" customWidth="1"/>
+    <col min="12" max="12" width="28.25" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:12">
       <c r="A1" s="2" t="s">
         <v>674</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>675</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>677</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>678</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>679</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>680</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>681</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:12">
       <c r="A2" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B2" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="E2" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K2" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="L2" s="1" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
+      <c r="A3" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="E3" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="L2" s="1" t="s">
-[...16 lines deleted...]
-      <c r="E3" s="1" t="s">
+      <c r="F3" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:12" x14ac:dyDescent="0.15">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
       <c r="A4" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E4" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K4" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="L4" s="1" t="s">
-[...16 lines deleted...]
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" x14ac:dyDescent="0.15">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
       <c r="A6" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="E6" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.15">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
       <c r="A7" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="E7" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.15">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
       <c r="A8" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="E8" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.15">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
       <c r="A9" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="E9" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.15">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.15">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
       <c r="A11" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="E11" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>420</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.15">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
       <c r="A12" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E12" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>420</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K12" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="L12" s="1" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B13" s="1" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="E13" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.15">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
       <c r="A14" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E14" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.15">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
       <c r="A15" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="E15" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.15">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
       <c r="A16" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="E16" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>373</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.15">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
       <c r="A17" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="1" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="E17" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.15">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
       <c r="A18" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E18" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.15">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
       <c r="A19" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="E19" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.15">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
       <c r="A20" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="E20" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.15">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
       <c r="A21" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="E21" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>373</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.15">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
       <c r="A22" s="1" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="E22" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" x14ac:dyDescent="0.15">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
       <c r="A23" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="E23" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.15">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
       <c r="A24" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.15">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
       <c r="A25" s="1" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K25" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="L25" s="1" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>259</v>
-      </c>
-[...21 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.15">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
       <c r="A27" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.15">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12">
       <c r="A28" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K28" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="L28" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12">
+      <c r="A29" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>259</v>
-      </c>
-[...21 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.15">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
       <c r="A30" s="1" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K30" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="L30" s="1" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>259</v>
-      </c>
-[...21 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K31" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="L31" s="1" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>259</v>
-      </c>
-[...21 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K32" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="L32" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12">
+      <c r="A33" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>259</v>
-      </c>
-[...21 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" x14ac:dyDescent="0.15">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12">
       <c r="A34" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E34" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" x14ac:dyDescent="0.15">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12">
       <c r="A35" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E35" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.15">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12">
       <c r="A36" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E36" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" x14ac:dyDescent="0.15">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12">
       <c r="A37" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" x14ac:dyDescent="0.15">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12">
       <c r="A38" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" x14ac:dyDescent="0.15">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12">
       <c r="A39" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" x14ac:dyDescent="0.15">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12">
       <c r="A40" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" x14ac:dyDescent="0.15">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12">
       <c r="A41" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E41" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" x14ac:dyDescent="0.15">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12">
       <c r="A42" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" x14ac:dyDescent="0.15">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12">
       <c r="A43" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E43" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" x14ac:dyDescent="0.15">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12">
       <c r="A44" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E44" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" x14ac:dyDescent="0.15">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12">
       <c r="A45" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" x14ac:dyDescent="0.15">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12">
       <c r="A46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" x14ac:dyDescent="0.15">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12">
       <c r="A47" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" x14ac:dyDescent="0.15">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12">
       <c r="A48" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" x14ac:dyDescent="0.15">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12">
       <c r="A49" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" x14ac:dyDescent="0.15">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12">
       <c r="A50" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" x14ac:dyDescent="0.15">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12">
       <c r="A51" s="1" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" x14ac:dyDescent="0.15">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12">
       <c r="A52" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" x14ac:dyDescent="0.15">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12">
       <c r="A53" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>221</v>
+        <v>682</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H53" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="K53" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="L53" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="I53" s="1" t="s">
-[...12 lines deleted...]
-    <row r="54" spans="1:12" x14ac:dyDescent="0.15">
+    </row>
+    <row r="54" spans="1:12">
       <c r="A54" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H54" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" x14ac:dyDescent="0.15">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12">
       <c r="A55" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" x14ac:dyDescent="0.15">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12">
       <c r="A56" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>430</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J56" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" x14ac:dyDescent="0.15">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12">
       <c r="A57" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J57" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>84</v>
       </c>
       <c r="L57" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="58" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="58" spans="1:12">
       <c r="A58" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>84</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" x14ac:dyDescent="0.15">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12">
       <c r="A59" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J59" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" x14ac:dyDescent="0.15">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12">
       <c r="A60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" x14ac:dyDescent="0.15">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12">
       <c r="A61" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="I61" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" x14ac:dyDescent="0.15">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12">
       <c r="A62" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J62" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" x14ac:dyDescent="0.15">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12">
       <c r="A63" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>87</v>
+        <v>683</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J63" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K63" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:12" x14ac:dyDescent="0.15">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12">
       <c r="A64" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J64" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="65" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="65" spans="1:12">
       <c r="A65" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J65" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L65" s="1" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="66" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="66" spans="1:12">
       <c r="A66" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J66" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L66" s="1" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="67" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="67" spans="1:12">
       <c r="A67" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L67" s="1" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="68" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="68" spans="1:12">
       <c r="A68" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J68" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L68" s="1" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="69" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="69" spans="1:12">
       <c r="A69" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J69" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L69" s="1" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="70" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="70" spans="1:12">
       <c r="A70" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J70" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:12" x14ac:dyDescent="0.15">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12">
       <c r="A71" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" s="1" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J71" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:12" x14ac:dyDescent="0.15">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12">
       <c r="A72" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B72" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J72" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:12" x14ac:dyDescent="0.15">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12">
       <c r="A73" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J73" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:12" x14ac:dyDescent="0.15">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12">
       <c r="A74" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:12" x14ac:dyDescent="0.15">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12">
       <c r="A75" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:12" x14ac:dyDescent="0.15">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12">
       <c r="A76" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:12" x14ac:dyDescent="0.15">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12">
       <c r="A77" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:12" x14ac:dyDescent="0.15">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12">
       <c r="A78" s="1" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:12" x14ac:dyDescent="0.15">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12">
       <c r="A79" s="1" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K79" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="L79" s="1" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12">
+      <c r="A80" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="F80" s="1" t="s">
         <v>310</v>
-      </c>
-[...21 lines deleted...]
-        <v>312</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:12" x14ac:dyDescent="0.15">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12">
       <c r="A81" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D81" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:12" x14ac:dyDescent="0.15">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12">
       <c r="A82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82" s="1" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>332</v>
-[...9 lines deleted...]
-      <c r="C83" s="4" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12">
+      <c r="A83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:12" x14ac:dyDescent="0.15">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12">
       <c r="A84" s="1" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>348</v>
-[...9 lines deleted...]
-      <c r="C85" s="4" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12">
+      <c r="A85" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>352</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="L85" s="1" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="86" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="86" spans="1:12">
       <c r="A86" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>417</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>420</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L86" s="1" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="87" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="87" spans="1:12">
       <c r="A87" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>423</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>420</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L87" s="1" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="88" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="88" spans="1:12">
       <c r="A88" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L88" s="1" t="s">
         <v>429</v>
       </c>
     </row>
-    <row r="89" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="89" spans="1:12">
       <c r="A89" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>430</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>434</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K89" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L89" s="1" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="90" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="90" spans="1:12">
       <c r="A90" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>437</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>434</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>439</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L90" s="1" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="91" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="91" spans="1:12">
       <c r="A91" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>442</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>373</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>444</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L91" s="1" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="92" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="92" spans="1:12">
       <c r="A92" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>444</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J92" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>419</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:12" x14ac:dyDescent="0.15">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12">
       <c r="A93" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J93" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>404</v>
       </c>
       <c r="L93" s="1" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="94" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="94" spans="1:12">
       <c r="A94" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>407</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J94" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>404</v>
       </c>
       <c r="L94" s="1" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="95" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="95" spans="1:12">
       <c r="A95" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>411</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J95" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>404</v>
       </c>
       <c r="L95" s="1" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="96" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="96" spans="1:12">
       <c r="A96" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>387</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J96" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K96" s="1" t="s">
         <v>390</v>
       </c>
       <c r="L96" s="1" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="97" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="97" spans="1:12">
       <c r="A97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J97" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K97" s="1" t="s">
         <v>390</v>
       </c>
       <c r="L97" s="1" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="98" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="98" spans="1:12">
       <c r="A98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>398</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J98" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K98" s="1" t="s">
         <v>390</v>
       </c>
       <c r="L98" s="1" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="99" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="99" spans="1:12">
       <c r="A99" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="E99" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F99" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:12" x14ac:dyDescent="0.15">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12">
       <c r="A100" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D100" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F100" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:12" x14ac:dyDescent="0.15">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12">
       <c r="A101" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="E101" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F101" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:12" x14ac:dyDescent="0.15">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12">
       <c r="A102" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C102" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="E102" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F102" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J102" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="K102" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="K102" s="1" t="s">
+      <c r="L102" s="1" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12">
+      <c r="A103" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="E103" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="L102" s="1" t="s">
-[...16 lines deleted...]
-      <c r="E103" s="1" t="s">
+      <c r="F103" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J103" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="K103" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="K103" s="1" t="s">
+      <c r="L103" s="1" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12">
+      <c r="A104" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="E104" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="L103" s="1" t="s">
-[...16 lines deleted...]
-      <c r="E104" s="1" t="s">
+      <c r="F104" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J104" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="K104" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="K104" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L104" s="1" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:12" x14ac:dyDescent="0.15">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12">
       <c r="A105" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>660</v>
       </c>
       <c r="E105" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F105" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J105" s="1" t="s">
         <v>662</v>
       </c>
       <c r="K105" s="1" t="s">
         <v>663</v>
       </c>
       <c r="L105" s="1" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="106" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="106" spans="1:12">
       <c r="A106" s="1" t="s">
         <v>667</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>665</v>
       </c>
       <c r="E106" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J106" s="1" t="s">
         <v>662</v>
       </c>
       <c r="K106" s="1" t="s">
         <v>663</v>
       </c>
       <c r="L106" s="1" t="s">
         <v>666</v>
       </c>
     </row>
-    <row r="107" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="107" spans="1:12">
       <c r="A107" s="1" t="s">
         <v>667</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>669</v>
       </c>
       <c r="E107" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J107" s="1" t="s">
         <v>662</v>
       </c>
       <c r="K107" s="1" t="s">
         <v>663</v>
       </c>
       <c r="L107" s="1" t="s">
         <v>670</v>
       </c>
     </row>
-    <row r="108" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="108" spans="1:12">
       <c r="A108" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>671</v>
       </c>
       <c r="E108" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F108" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>662</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>663</v>
       </c>
       <c r="L108" s="1" t="s">
         <v>672</v>
       </c>
     </row>
-    <row r="109" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="109" spans="1:12">
       <c r="A109" s="1" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:12" x14ac:dyDescent="0.15">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12">
       <c r="A110" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" s="1" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:12" x14ac:dyDescent="0.15">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12">
       <c r="A111" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B111" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="1" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:12" x14ac:dyDescent="0.15">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12">
       <c r="A112" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K112" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:12" x14ac:dyDescent="0.15">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12">
       <c r="A113" s="1" t="s">
-        <v>354</v>
+        <v>650</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:12" x14ac:dyDescent="0.15">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12">
       <c r="A114" s="1" t="s">
         <v>654</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>652</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>444</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L114" s="1" t="s">
         <v>653</v>
       </c>
     </row>
-    <row r="115" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="115" spans="1:12">
       <c r="A115" s="1" t="s">
         <v>658</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>656</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>444</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L115" s="1" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="116" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="116" spans="1:12">
       <c r="A116" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>10</v>
       </c>
       <c r="J116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L116" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="117" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="117" spans="1:12">
       <c r="A117" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>10</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J117" s="1" t="s">
         <v>7</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L117" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="118" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="118" spans="1:12">
       <c r="A118" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L118" s="1" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="119" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="119" spans="1:12">
       <c r="A119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J119" s="1" t="s">
         <v>7</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L119" s="1" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="120" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="120" spans="1:12">
       <c r="A120" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L120" s="1" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="121" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="121" spans="1:12">
       <c r="A121" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>0</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:12" x14ac:dyDescent="0.15">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12">
       <c r="A122" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>355</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K122" s="1" t="s">
         <v>357</v>
       </c>
       <c r="L122" s="1" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="123" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="123" spans="1:12">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>363</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>357</v>
       </c>
       <c r="L123" s="1" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="124" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="124" spans="1:12">
       <c r="A124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>367</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>357</v>
       </c>
       <c r="L124" s="1" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="125" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="125" spans="1:12">
       <c r="A125" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>373</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K125" s="1" t="s">
         <v>357</v>
       </c>
       <c r="L125" s="1" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="126" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="126" spans="1:12">
       <c r="A126" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>377</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K126" s="1" t="s">
         <v>357</v>
       </c>
       <c r="L126" s="1" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="127" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="127" spans="1:12">
       <c r="A127" s="1" t="s">
         <v>384</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>385</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>357</v>
       </c>
       <c r="L127" s="1" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="128" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="128" spans="1:12">
       <c r="A128" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J128" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:12" x14ac:dyDescent="0.15">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12">
       <c r="A129" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:12" x14ac:dyDescent="0.15">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12">
       <c r="A130" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>439</v>
       </c>
       <c r="J130" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:12" x14ac:dyDescent="0.15">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12">
       <c r="A131" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B131" s="1" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="J131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:12" x14ac:dyDescent="0.15">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12">
       <c r="A132" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J132" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:12" x14ac:dyDescent="0.15">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12">
       <c r="A133" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B133" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="J133" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:12" x14ac:dyDescent="0.15">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12">
       <c r="A134" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B134" s="1" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J134" s="1" t="s">
         <v>389</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L134">
     <sortCondition ref="E2:E134"/>
-    <sortCondition ref="G2:G134"/>
-    <sortCondition ref="H2:H134"/>
+    <sortCondition ref="D2:D134"/>
   </sortState>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
+  <legacyDrawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>座長日時</vt:lpstr>
+      <vt:lpstr>座長日時20260304</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>